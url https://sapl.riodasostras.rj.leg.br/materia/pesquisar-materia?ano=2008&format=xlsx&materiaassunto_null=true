--- v0 (2025-12-02)
+++ v1 (2026-03-07)
@@ -54,6250 +54,6250 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1284</t>
   </si>
   <si>
     <t>2008</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Carlos Afonso</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/1284/projeto_de_lei_no_002-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/1284/projeto_de_lei_no_002-08.pdf</t>
   </si>
   <si>
     <t>Nomina a Praça de Lazer do  Condomínio Cláudio Ribeiro e Novo Horizonte de “HEDIMILSON DOS SANTOS PINHEIRO”.</t>
   </si>
   <si>
     <t>1285</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/1285/projeto_de_lei_no_003-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/1285/projeto_de_lei_no_003-08.pdf</t>
   </si>
   <si>
     <t>Torna Utilidade Pública a Associação Escola Roberto Kern de Rio das Ostras.</t>
   </si>
   <si>
     <t>1286</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/1286/projeto_de_lei_no_019-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/1286/projeto_de_lei_no_019-08.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a determinar aos Agentes Sanitários a entrada em imóveis fechados ou abandonados e dá outras providências.</t>
   </si>
   <si>
     <t>1287</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/1287/projeto_de_lei_no_020-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/1287/projeto_de_lei_no_020-08.pdf</t>
   </si>
   <si>
     <t>Nomina a Travessa que liga a Rua GERVÁSIO MOREIRA  MARQUES a Rua 10, no cruzamento com a Avenida Serramar de TRAVESSA ELVIRA MORAES MARQUES.</t>
   </si>
   <si>
     <t>1288</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/1288/projeto_de_lei_no_021-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/1288/projeto_de_lei_no_021-08.pdf</t>
   </si>
   <si>
     <t>Nomina a Travessa que liga a Rua BANGU a Rua HENRIQUE SARZEDAS, ao lado da Escola Municipal de TRAVESSA JOÃO CARLOS GOULART.</t>
   </si>
   <si>
     <t>1289</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/1289/projeto_de_lei_no_022-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/1289/projeto_de_lei_no_022-08.pdf</t>
   </si>
   <si>
     <t>Torna Utilidade Pública a Associação Riostrense dos Trabalhadores Informais-ARTI.</t>
   </si>
   <si>
     <t>1290</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/1290/projeto_de_lei_no_039-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/1290/projeto_de_lei_no_039-08.pdf</t>
   </si>
   <si>
     <t>Nomina a Rua Projetada 01, no Condomínio Cláudio Ribeiro – bairro Âncora de Rua Nair Ivete dos Reis.</t>
   </si>
   <si>
     <t>1291</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/1291/projeto_de_lei_no_041-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/1291/projeto_de_lei_no_041-08.pdf</t>
   </si>
   <si>
     <t>Nomina a Rua compreendida entre a Rua Joaquim José Caridade e Aristóteles da Cunha de RUA WALDEMAR DE LIMA PIMENTEL – CHÁCARA MARILÉA.</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>Robinho</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/857/projeto_de_lei_n_062-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/857/projeto_de_lei_n_062-08.pdf</t>
   </si>
   <si>
     <t>Passa denominar-se Rua Benedito Hora Fonseca a Rua Projetada, localizada no bairro Peroba - Rio das Ostras-RJ.</t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/858/projeto_de_lei_n_065-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/858/projeto_de_lei_n_065-08.pdf</t>
   </si>
   <si>
     <t>Nomina-se o Campo de Futebol Sintético no Serramar de Campo Eitor Manoel Pereira.</t>
   </si>
   <si>
     <t>1292</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/1292/projeto_de_lei_no_080-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/1292/projeto_de_lei_no_080-08.pdf</t>
   </si>
   <si>
     <t>Torna Utilidade Pública o GRUPO DE APOIO À ADOÇÃO - ADOTE de Rio das Ostras.</t>
   </si>
   <si>
     <t>1293</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/1293/projeto_de_lei_no_081-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/1293/projeto_de_lei_no_081-08.pdf</t>
   </si>
   <si>
     <t>A atual Rua Resende no Marileia, passa nominar-se Rua Nelson Salvador.</t>
   </si>
   <si>
     <t>1294</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/1294/projeto_de_lei_no_082-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/1294/projeto_de_lei_no_082-08.pdf</t>
   </si>
   <si>
     <t>Torna Utilidade Pública o LIONS CLUBE Rio das Ostras Costa Azul.</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/826/projeto_de_decreto_027-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/826/projeto_de_decreto_027-08.pdf</t>
   </si>
   <si>
     <t>Fica concedido ao SR. DENONI PEREIRA ALVES, por indicação do Vereador Robson Carlos de Oliveira Gomes, o título de CIDADÃO RIOSTRENSE, pelos seus relevantes serviços prestados a nossa comunidade.</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/839/projeto_de_decreto_002-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/839/projeto_de_decreto_002-08.pdf</t>
   </si>
   <si>
     <t>Fica concedido ao SR. NILTON DA COSTA RODRIGUES TEIXEIRA, por indicação do Vereador Robson Carlos de Oliveira Gomes, o título de CIDADÃO RIOSTRENSE POR MÉRITO MUNICIPAL, pelos seus relevantes serviços prestados a nossa comunidade.</t>
   </si>
   <si>
     <t>11905</t>
   </si>
   <si>
     <t>Betinho</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11905/projeto_de_decreto_003-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11905/projeto_de_decreto_003-08.pdf</t>
   </si>
   <si>
     <t>MATTOS FERREIRA DE OLIVEIRA, por indicação do Vereador Alberto Moreira Jorge, o título de CIDADÃO RIOSTRENSE, pelos seus relevantes serviços prestados a nossa comunidade._x000D_
 Art. 2º - Este Decreto Legislativo, entra em vigor na data de sua publicação._x000D_
 Art. 3º - Revogam-se as disposições em contrário.</t>
   </si>
   <si>
     <t>11906</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11906/projeto_de_decreto_004-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11906/projeto_de_decreto_004-08.pdf</t>
   </si>
   <si>
     <t>Art. 1º - Fica concedido ao SR. PAULO CÉSAR XAVIER TRINDADE, por indicação do Vereador Alberto Moreira Jorge, o título de CIDADÃO RIOSTRENSE POR MÉRITO MUNICIPAL, pelos seus relevantes serviços prestados a nossa comunidade._x000D_
 Art. 2º - Este Decreto Legislativo, entra em vigor na data de sua publicação._x000D_
 Art. 3º - Revogam-se as disposições em contrário.</t>
   </si>
   <si>
     <t>1282</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/1282/projeto_de_decreto_005-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/1282/projeto_de_decreto_005-08.pdf</t>
   </si>
   <si>
     <t>Art. 1º - Fica concedido ao SR. ENCELITO JOSÉ DA SILVA, por indicação do Vereador Carlos Alberto Afonso Fernandes, o título de CIDADÃO RIOSTRENSE, pelos seus relevantes serviços prestados a nossa comunidade.  _x000D_
 Art. 2º - Este Decreto Legislativo, entra em vigor na data de sua publicação.  _x000D_
 Art. 3º - Revogam-se as disposições em contrário.</t>
   </si>
   <si>
     <t>1283</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/1283/projeto_de_decreto_006-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/1283/projeto_de_decreto_006-08.pdf</t>
   </si>
   <si>
     <t>Art. 1º - Fica concedido ao DR. MARCELLO NUNES DE ALENCAR, por indicação do Vereador Carlos Alberto Afonso Fernandes, o título de CIDADÃO RIOSTRENSE POR MÉRITO MUNICIPAL, pelos seus relevantes serviços prestados a nossa comunidade.  _x000D_
 Art. 2º - Este Decreto Legislativo, entra em vigor na data de sua publicação.  _x000D_
 Art. 3º - Revogam-se as disposições em contrário.</t>
   </si>
   <si>
     <t>11907</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Nini</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11907/projeto_de_decreto_007-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11907/projeto_de_decreto_007-08.pdf</t>
   </si>
   <si>
     <t>Art. 1º - Fica concedido ao SR. CÉLIO SARZEDAS, por indicação do Vereador Alzenir Pereira Mello, o título de CIDADÃO RIOSTRENSE, pelos seus relevantes serviços prestados a nossa comunidade._x000D_
 Art. 2º - Este Decreto Legislativo, entra em vigor na data de sua publicação._x000D_
 Art. 3º - Revogam-se as disposições em contrário.</t>
   </si>
   <si>
     <t>11908</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11908/projeto_de_decreto_008-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11908/projeto_de_decreto_008-08.pdf</t>
   </si>
   <si>
     <t>Art. 1º - Fica concedido ao SR. FERNANDO PINHEIRO DE CARVALHO, por indicação do Vereador Alzenir Pereira Mello, o título de CIDADÃO RIOSTRENSE POR MÉRITO MUNICIPAL, pelos seus relevantes serviços prestados a nossa comunidade._x000D_
 Art. 2º - Este Decreto Legislativo, entra em vigor na data de sua publicação._x000D_
 Art. 3º - Revogam-se as disposições em contrário.</t>
   </si>
   <si>
     <t>11909</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Rosenildo</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11909/projeto_de_decreto_009-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11909/projeto_de_decreto_009-08.pdf</t>
   </si>
   <si>
     <t>Art. 1º - Fica concedido ao SR. OMAR OLIVEIRA DA SILVA, por indicação do Vereador Rosenildo Corrêa Viana, o título de CIDADÃO RIOSTRENSE, pelos seus relevantes serviços prestados a nossa comunidade._x000D_
 Art. 2º - Este Decreto Legislativo, entra em vigor na data de sua publicação._x000D_
 Art. 3º - Revogam-se as disposições em contrário.</t>
   </si>
   <si>
     <t>11910</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11910/projeto_de_decreto_010-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11910/projeto_de_decreto_010-08.pdf</t>
   </si>
   <si>
     <t>Art. 1º - Fica concedido ao SR. MARCELO CASTRO DE ABREU, por indicação do Vereador Rosenildo Corrêa Viana, o título de CIDADÃO RIOSTRENSE POR MÉRITO MUNICIPAL, pelos seus relevantes serviços prestados a nossa comunidade. _x000D_
 Art. 2º - Este Decreto Legislativo, entra em vigor na data de sua publicação._x000D_
 Art. 3º - Revogam-se as disposições em contrário.</t>
   </si>
   <si>
     <t>11911</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Edilson</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11911/projeto_de_decreto_011-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11911/projeto_de_decreto_011-08.pdf</t>
   </si>
   <si>
     <t>Art. 1º - Fica concedido a SR. JOÃO NELSON FERREIRA LOURENÇO, por indicação do Vereador Edílson Gomes Ribeiro, o título de CIDADÃO RIOSTRENSE, pelos seus relevantes serviços prestados a nossa comunidade. _x000D_
 Art. 2º - Este Decreto Legislativo, entra em vigor na data de sua publicação._x000D_
 Art. 3º - Revogam-se as disposições em contrário.</t>
   </si>
   <si>
     <t>11912</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11912/projeto_de_decreto_012-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11912/projeto_de_decreto_012-08.pdf</t>
   </si>
   <si>
     <t>Art. 1º - Fica concedido ao SR. ANDRÉ LUIZ DE CASTRO LOUBACK, por indicação do Vereador Edílson Gomes Ribeiro, o título de CIDADÃO RIOSTRENSE POR MÉRITO MUNICIPAL, pelos seus relevantes serviços prestados a nossa comunidade._x000D_
 Art. 2º - Este Decreto Legislativo, entra em vigor na data de sua publicação._x000D_
 Art. 3º - Revogam-se as disposições em contrário.</t>
   </si>
   <si>
     <t>11913</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Rosangila</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11913/projeto_de_decreto_013-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11913/projeto_de_decreto_013-08.pdf</t>
   </si>
   <si>
     <t>Art. 1º - Fica concedido a SRª. MARIA ANTONIA DE SANT’ANA CARVALHO, por indicação da Vereadora Rosangila Costa dos Santos, o título de CIDADÃ RIOSTRENSE, pelos seus relevantes serviços prestados a nossa comunidade._x000D_
 Art. 2º - Este Decreto Legislativo, entra em vigor na data de sua publicação._x000D_
 Art. 3º - Revogam-se as disposições em contrário.</t>
   </si>
   <si>
     <t>11914</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11914/projeto_de_decreto_014-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11914/projeto_de_decreto_014-08.pdf</t>
   </si>
   <si>
     <t>Art. 1º - Fica concedido a SRª. RITA DE CACIA DOS SANTOS, por indicação da Vereadora Rosangila Costa dos Santos, o título de CIDADÃ RIOSTRENSE POR MÉRITO MUNICIPAL, pelos seus relevantes serviços prestados a nossa comunidade._x000D_
 Art. 2º - Este Decreto Legislativo, entra em vigor na data de sua publicação._x000D_
 Art. 3º - Revogam-se as disposições em contrário.</t>
   </si>
   <si>
     <t>11915</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Cemir Jóia</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11915/projeto_de_decreto_015-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11915/projeto_de_decreto_015-08.pdf</t>
   </si>
   <si>
     <t>Art. 1º - Fica concedido a SRª. ILDA RODRIGUES FERREIRA, por indicação do Vereador Alcemir Jóia da Boa Morte, o título de CIDADÃ RIOSTRENSE, pelos seus relevantes serviços prestados a nossa comunidade._x000D_
 Art. 2º - Este Decreto Legislativo, entra em vigor na data de sua publicação._x000D_
 Art. 3º - Revogam-se as disposições em contrário.</t>
   </si>
   <si>
     <t>11916</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11916/projeto_de_decreto_016-07.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11916/projeto_de_decreto_016-07.pdf</t>
   </si>
   <si>
     <t>Art. 1º - Fica concedido a SRª. ROSEMARIE DA SILVA E SOUZA TEIXEIRA, por indicação do Vereador Alcemir Jóia da Boa Morte, o título de CIDADÃ RIOSTRENSE POR MÉRITO MUNICIPAL, pelos seus relevantes serviços prestados a nossa comunidade._x000D_
 Art. 2º - Este Decreto Legislativo, entra em vigor na data de sua publicação._x000D_
 Art. 3º - Revogam-se as disposições em contrário.</t>
   </si>
   <si>
     <t>11917</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Neco da Saúde</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11917/projeto_de_decreto_017-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11917/projeto_de_decreto_017-08.pdf</t>
   </si>
   <si>
     <t>Art. 1º - Fica concedido ao SR. CARLOS ROBERTO MACHADO DOS SANTOS, por indicação do Vereador Orlando Ferreira Neto, o título de CIDADÃO RIOSTRENSE, pelos seus relevantes serviços prestados a nossa comunidade._x000D_
 Art. 2º - Este Decreto Legislativo, entra em vigor na data de sua publicação._x000D_
 Art. 3º - Revogam-se as disposições em contrário.</t>
   </si>
   <si>
     <t>11918</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11918/projeto_de_decreto_018-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11918/projeto_de_decreto_018-08.pdf</t>
   </si>
   <si>
     <t>Art. 1º - Fica concedido a SRª. ANGELA MARIA FERNANDES FONSECA, por indicação do Vereador Orlando Ferreira Neto, o título de CIDADÃO RIOSTRENSE POR MÉRITO MUNICIPAL, pelos seus relevantes serviços prestados a nossa comunidade._x000D_
 Art. 2º - Este Decreto Legislativo, entra em vigor na data de sua publicação._x000D_
 Art. 3º - Revogam-se as disposições em contrário.</t>
   </si>
   <si>
     <t>859</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/859/requerimento_020-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/859/requerimento_020-08.pdf</t>
   </si>
   <si>
     <t>REQUER ao Ilmo. Sr. MARCO TÚLIO AGUIAR, DD.Superintendente da CEDAE de Macaé, informar à Casa de Leis, o seguinte:_x000D_
  Local dos registros de manobra de água;_x000D_
  Quais os dias de manobra de água;_x000D_
  Quais os bairros contemplados nestes dias.</t>
   </si>
   <si>
     <t>7603</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7603/indicacao_001-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7603/indicacao_001-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a construção de uma Creche Municipal na localidade de Rocha Leão.</t>
   </si>
   <si>
     <t>7604</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7604/indicacao_002-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7604/indicacao_002-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, as seguintes obras na Travessa da rua E, Beco 866, Nova Esperança. _x000D_
 • Drenagem de águas pluviais;_x000D_
 • Meio – fio;_x000D_
 • Paralelo.</t>
   </si>
   <si>
     <t>7605</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7605/indicacao_003-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7605/indicacao_003-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que seja viabilizado a reconstrução da estrada que liga Rocha Leão a Rio das Ostras.</t>
   </si>
   <si>
     <t>7606</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7606/indicacao_004-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7606/indicacao_004-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo.Prefeito Municipal, a criação do Distrito em Rocha Leão com uma sub-administração.</t>
   </si>
   <si>
     <t>7607</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7607/indicacao_005-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7607/indicacao_005-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que o curso de informática que está sendo realizado pela prefeitura no centro de Rio das Ostras seja extensivo aos munícipes de Rocha Leão.</t>
   </si>
   <si>
     <t>7608</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7608/indicacao_006-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7608/indicacao_006-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a seguinte providência:_x000D_
 • Construção de uma enfermaria junto ao Pronto Socorro para pacientes psiquiátricos.</t>
   </si>
   <si>
     <t>7609</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7609/indicacao_007-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7609/indicacao_007-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que seja feita uma pavimentação em paralelepípedo e urbanização da segunda área de acesso a Rocha Leão, junto a BR 101 – Rio das Ostras/RJ.</t>
   </si>
   <si>
     <t>7610</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7610/indicacao_008-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7610/indicacao_008-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a complementação da iluminação pública no caminho que liga Rio das Ostras à Vila Verde.</t>
   </si>
   <si>
     <t>7611</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7611/indicacao_009-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7611/indicacao_009-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a revisão e sinalização dos redutores de velocidade das ruas em Rocha Leão.</t>
   </si>
   <si>
     <t>7612</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7612/indicacao_010-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7612/indicacao_010-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que seja feita a pavimentação e urbanização da rua Alagoas em Cidade Praiana – Rio das Ostras.</t>
   </si>
   <si>
     <t>7613</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7613/indicacao_011-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7613/indicacao_011-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a seguinte providência: _x000D_
 • Colocar taxões na rua Santa Mônica até a transversal da rua Santa Maria em Nova Cidade.</t>
   </si>
   <si>
     <t>7614</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7614/indicacao_012-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7614/indicacao_012-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que seja feita a drenagem pluvial, rede de distribuição de água e esgoto, pavimentação asfáltica e iluminação em Cidade Praiana, rua da Cruz.</t>
   </si>
   <si>
     <t>7615</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7615/indicacao_013-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7615/indicacao_013-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a construção de pontos de ônibus com coberturas para passageiros na estrada da localidade de Rocha Leão no_x000D_
 sentido Rocha Leão x Macaé e Macaé x Rocha Leão.</t>
   </si>
   <si>
     <t>7616</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7616/indicacao_014-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7616/indicacao_014-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, à arborização com espécies que dêem sombras e frutos.</t>
   </si>
   <si>
     <t>7619</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7619/indicacao_016-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7619/indicacao_016-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a melhoria da iluminação pública nas vias de acesso da rua dos Trevos, no Âncora.</t>
   </si>
   <si>
     <t>7620</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7620/indicacao_017-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7620/indicacao_017-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a seguinte providência:_x000D_
 • Construção da Sede da Secretaria Municipal de Saúde.</t>
   </si>
   <si>
     <t>7621</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7621/indicacao_018-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7621/indicacao_018-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a construção de uma Escola Municipal no Jardim Bela Vista em Rio das Ostras.</t>
   </si>
   <si>
     <t>7370</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7370/indicacao_019-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7370/indicacao_019-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, o seguinte:_x000D_
 • URBANIZAÇÃO DA PRAIA DA BOCA DA BARRA</t>
   </si>
   <si>
     <t>7372</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7372/indicacao_020-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7372/indicacao_020-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a construção de uma Creche Municipal na rua Santa Catarina, quadra 91 abrangendo os lotes 32, 33, 34 e 35 no_x000D_
 Loteamento Cidade Praiana – RO.</t>
   </si>
   <si>
     <t>7374</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7374/indicacao_021-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7374/indicacao_021-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, continuação da duplicação da Rodovia Amaral Peixoto até a divisa do nosso Município com Macaé .</t>
   </si>
   <si>
     <t>7376</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7376/indicacao_022-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7376/indicacao_022-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, a abertura da Rua Uberaba no bairro Liberdade, ligando a mesma a Rua Mayer e a Rodovia Amaral Peixoto em Rio das Ostras.</t>
   </si>
   <si>
     <t>7378</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7378/indicacao_023-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7378/indicacao_023-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, a construção de arquibancada, vestiário e a cobertura das quadras poliesportivas do bairro Nova Esperança e da_x000D_
 Escola Marinete na localidade de Cantagalo.</t>
   </si>
   <si>
     <t>7380</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7380/indicacao_024-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7380/indicacao_024-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, as seguintes obras na Rua Ayrton Senna, situada no jardim Campomar-RO._x000D_
 • Drenagem de águas pluviais;_x000D_
 • Meio-fio;_x000D_
 • Pavimentação asfáltica.</t>
   </si>
   <si>
     <t>7381</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7381/indicacao_025-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7381/indicacao_025-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que doe uma Carrera para os pescadores do Município.</t>
   </si>
   <si>
     <t>7383</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7383/indicacao_026-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7383/indicacao_026-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, o seguinte:_x000D_
 • Que seja desapropriado um terreno situado ao lado esquerdo do Colégio José Luiz de Lemos, para ampliação do mesmo.</t>
   </si>
   <si>
     <t>7384</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7384/indicacao_027-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7384/indicacao_027-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao_x000D_
 Exmo. Prefeito Municipal, a necessidade de ser concedido a Colônia de Pescadores, direito real de uso de um terreno à margem direita do Rio das Ostras na Boca da Barra, para que ali possa ser construído um estaleiro para reformas dos barcos e possivelmente instalações de bombas para fornecimento de óleo diesel e gasolina, como também um frigorífico para venda de gelo aos pescadores.</t>
   </si>
   <si>
     <t>7385</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7385/indicacao_028-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7385/indicacao_028-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, restauração do muro de arrimo da Boca da Barra.</t>
   </si>
   <si>
     <t>7386</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7386/indicacao_029-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7386/indicacao_029-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que seja efetuada drenagem pluvial, meio-fio, instalação de rede água potável, rede de esgoto e pavimentação_x000D_
 asfáltica, no beco da Rua Pelicano no bairro Ilha.</t>
   </si>
   <si>
     <t>7388</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7388/indicacao_030-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7388/indicacao_030-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a construção de uma Quadra Poliesportiva em Cantagalo – RO.</t>
   </si>
   <si>
     <t>7994</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7994/indicacao_031-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7994/indicacao_031-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que o Poder Executivo ao proceder à retirada de árvores das calçadas, por estarem trazendo algum tipo de prejuízo ao patrimônio particular, replante simultaneamente outra árvore que seja adequada ao local.</t>
   </si>
   <si>
     <t>7995</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7995/indicacao_032-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7995/indicacao_032-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que o Serviço Social da Secretaria de Saúde atenda os munícipes durante as 8 horas de expediente sem interrupção para o almoço, de forma que a equipe alterne a saída para almoçar.</t>
   </si>
   <si>
     <t>7622</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7622/indicacao_033-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7622/indicacao_033-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que seja efetuada as seguintes melhorias para as ruas 07,17 e 18, Extensão Serramar, como segue:_x000D_
 • Drenagem Pluvial;_x000D_
 • Meio-Fio;_x000D_
 • Pavimentação.</t>
   </si>
   <si>
     <t>7623</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7623/indicacao_034-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7623/indicacao_034-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que seja construído um novo Cemitério em Rocha Leão, provido de Capela Mortuária.</t>
   </si>
   <si>
     <t>7624</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7624/indicacao_035-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7624/indicacao_035-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a necessidade da construção e cobertura de parada de ônibus lado contrário ao existente à entrada do loteamento Jardim Patrícia.</t>
   </si>
   <si>
     <t>7996</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7996/indicacao_036-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7996/indicacao_036-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a construção de uma creche no Loteamento Village.</t>
   </si>
   <si>
     <t>7997</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7997/indicacao_037-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7997/indicacao_037-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a construção de um Abrigo Municipal para atender as crianças e adolescentes vítimas de abandono e maus tratos, no Loteamento Atlântico.</t>
   </si>
   <si>
     <t>7998</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7998/indicacao_038-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7998/indicacao_038-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a construção de Rede de águas Pluviais e pavimentação da Rua 19, na Extensão do Serramar.</t>
   </si>
   <si>
     <t>7999</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7999/indicacao_039-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7999/indicacao_039-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que a Secretaria de Bem Estar Social, realize atendimento social às famílias que residem no Conjunto Habitacional_x000D_
 Novo Horizonte e proximidades, em parceria com o Projeto desenvolvido pela Petrobrás, naquela comunidade.</t>
   </si>
   <si>
     <t>8000</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8000/indicacao_040-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8000/indicacao_040-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a construção de uma creche no bairro Enseada das Gaivotas.</t>
   </si>
   <si>
     <t>8001</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8001/indicacao_042-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8001/indicacao_042-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que crie o Programa de Saúde Integral na 1º Semana de vida.</t>
   </si>
   <si>
     <t>8002</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8002/indicacao_043-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8002/indicacao_043-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que inclua no Programa Saúde da Mulher: _x000D_
 - Atenção a adolescente não grávida;_x000D_
 - Mulher na Menopausa;_x000D_
 - Estender o Programa a todos os Postos de Saúde do Município.</t>
   </si>
   <si>
     <t>8096</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8096/indicacao_044-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8096/indicacao_044-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, que seja executado obras de ampliação do refeitório, dispensa, construção de 3 salas de aulas e urbanização na E. M. Carlos Maurício Franco, situada na Fazenda Duas Coroas, no bairro Cantagalo.</t>
   </si>
   <si>
     <t>8097</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8097/indicacao_045-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8097/indicacao_045-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, que seja substituído o revestimento do piso das escolas municipais de ardósia para piso cerâmico antiderrapante.</t>
   </si>
   <si>
     <t>8098</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8098/indicacao_046-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8098/indicacao_046-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, que seja executado obras de Drenagem Pluvial, rede de esgotamento sanitário, rede de água potável e pavimentação da Rua Aquilino Borges, no bairro Cidade Beiramar.</t>
   </si>
   <si>
     <t>8099</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8099/indicacao_047-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8099/indicacao_047-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, que seja colocado lombada com sinalização na Rua Fernando de Noronha no bairro Nova Aliança.</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/840/indicacao_048-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/840/indicacao_048-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, que seja ampliado em 03 (três) o número de linha de ônibus para atendimento aos alunos universitários, ir e vir, dos seguintes Municípios: Macaé; Cabo Frio e Campus dos Goitacazes.</t>
   </si>
   <si>
     <t>7626</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7626/indicacao_049-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7626/indicacao_049-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que seja feito uma reforma no Centro de Reabilitação em Rocha Leão - Rio das Ostras.</t>
   </si>
   <si>
     <t>7628</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7628/indicacao_050-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7628/indicacao_050-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a criação de um Centro Integrado de Reabilitação Corporal e Inclusão Social – CIRCIS.</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/841/indicacao_051-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/841/indicacao_051-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, que seja feito um mutirão para limpeza no Nova Aliança e Operário.</t>
   </si>
   <si>
     <t>7432</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7432/indicacao_053-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7432/indicacao_053-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a construção de praça com playground no Loteamento Atlântica.</t>
   </si>
   <si>
     <t>7433</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7433/indicacao_054-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7433/indicacao_054-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a construção de pista de skate no bairro Recreio.</t>
   </si>
   <si>
     <t>7434</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7434/indicacao_055-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7434/indicacao_055-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que seja feita a continuação da rua Paraná, no Trecho entre a rua Santa Catarina e a Alameda que é paralela da Rodovia Amaral Peixoto.</t>
   </si>
   <si>
     <t>8003</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8003/indicacao_056-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8003/indicacao_056-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a construção de um novo prédio para a policlínica.</t>
   </si>
   <si>
     <t>8004</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8004/indicacao_057-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8004/indicacao_057-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a construção de um centro de saúde em Cidade Praiana, nos moldes do construído no bairro Âncora, para atender a comunidade daquele bairro, com o Programa Médico de Família.</t>
   </si>
   <si>
     <t>8005</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8005/indicacao_059-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8005/indicacao_059-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a construção de uma Praça no bairro Nova Cidade, onde compreende as seguintes Ruas:_x000D_
  Bangu,_x000D_
  Daniel Carlos Vidal,_x000D_
  Denise Vidal e,_x000D_
  Justino Carlos Vidal.</t>
   </si>
   <si>
     <t>7435</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7435/indicacao_060-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7435/indicacao_060-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, que seja feita a COLOCAÇÃO DE 2 (DUAS) LOMBADAS na Estrada Velha de Rio Dourado, uma na esquina com a rua Espírito Santo e outra na esquina com a rua Ceará.</t>
   </si>
   <si>
     <t>7436</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7436/indicacao_061-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7436/indicacao_061-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a construção da “Cidade da Natação”, onde serão construídas piscinas, para realizações de campeonatos  internacionais, nacionais e municipais abrangendo todas as modalidades olímpicas e não olímpicas. Piscina olímpica, piscina para saltos ornamentais, pólo aquático, hidroginástica, nado sincronizado e para a iniciação na natação, na Rodovia do Contorno.</t>
   </si>
   <si>
     <t>7437</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7437/indicacao_062-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7437/indicacao_062-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a ampliação do centro de reabilitação municipal.</t>
   </si>
   <si>
     <t>7438</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7438/indicacao_063-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7438/indicacao_063-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a implantação de projeto esportivo municipal “Escolinha de Atletismo”.</t>
   </si>
   <si>
     <t>7439</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7439/indicacao_064-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7439/indicacao_064-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, que seja elaborado um projeto pela Secretaria de Meio Ambiente em parceria com a Secretaria de Educação, criando a Horta Comunitária, em todas as escolas da rede municipal, que disponham de área apropriada e também em áreas públicas em alguns bairros.</t>
   </si>
   <si>
     <t>7440</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7440/indicacao_065-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7440/indicacao_065-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, que seja criada escola de agrícola em Cantagalo ou Rocha Leão, numa parceria da Secretaria de Meio Ambiente, Agricultura e Pesca com a Secretaria de Educação.</t>
   </si>
   <si>
     <t>7441</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7441/indicacao_066-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7441/indicacao_066-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a construção de Pórticos nas entradas da cidade.</t>
   </si>
   <si>
     <t>7442</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7442/indicacao_067-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7442/indicacao_067-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a execução de projeto ambiental na orla de Costazul e Lagoa de Iriry, com preservação da imagem arquitetônica já existente.</t>
   </si>
   <si>
     <t>7390</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7390/indicacao_068-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7390/indicacao_068-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, para acabar com um trecho da Rua Laércio Lúcio de Carvalho em frente ao Pronto Socorro.</t>
   </si>
   <si>
     <t>7443</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7443/indicacao_069-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7443/indicacao_069-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, que seja instalado com urgência um Posto da Guarda Municipal na localidade de Cantagalo – Rio das Ostras.</t>
   </si>
   <si>
     <t>7444</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7444/indicacao_070-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7444/indicacao_070-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, a construção de uma nova escola no bairro Mariléia.</t>
   </si>
   <si>
     <t>8100</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8100/indicacao_071-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8100/indicacao_071-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, o seguinte: _x000D_
  Desapropriação de uma área no Loteamento Antônio Apicelo para construção de uma praça e uma quadra de esportes no bairro Nova Cidade.</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, na colocação de três (03) fileiras de redutores de velocidade e placas de sinalização na Rua Frei Galvão, altura do nº414, onde encontra-se as Escolas Municipais: Dona Inaiá e Nadir da Silva Salvador.</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, drenagem, rede de água e coleta de esgoto, iluminação pública e pavimentação asfáltica da Rua 56, trecho  existente, a partir do bar da Lúcia, Condomínio Cláudio Ribeiro, até a Estrada do Contorno.</t>
   </si>
   <si>
     <t>7445</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7445/indicacao_074-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7445/indicacao_074-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que os diretores ou chefes de cada posto de saúde, centro médico e pronto-socorro façam um grande levantamento qual tipo de medicamento (remédio) e exames tenham maior número de prescrições feitas pelos médicos. Para que o fundo municipal de saúde possa comprar os medicamentos e contratar os exames de acordo com a receita médica.</t>
   </si>
   <si>
     <t>7446</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7446/indicacao_075-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7446/indicacao_075-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, que seja criada uma ESCOLA TÉCNICA MUNICIPAL do Ensino Médio, nos moldes do CEFET ou SENAI.</t>
   </si>
   <si>
     <t>7447</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7447/indicacao_076-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7447/indicacao_076-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, seja colocado bancos na Praça José Pereira Câmara, bem como a arborização do local e a instalação de mesas de jogos de xadrez e dama.</t>
   </si>
   <si>
     <t>7448</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7448/indicacao_077-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7448/indicacao_077-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, seja colocado abrigo nos principais pontos de ônibus e nas ruas dos bairros: Serramar, Cidade_x000D_
 Praiana, Palmital, Recanto, Extensão do Bosque, Operário, Centro, Liberdade, Nova Cidade, Parque Zabulão, Costa Azul, Mariléia, Cantagalo, Âncora, Recreio, Praiamar, Mar do Norte, Terra Firme e São Cristóvão.</t>
   </si>
   <si>
     <t>7242</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7242/indicacao_078-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7242/indicacao_078-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a continuação da iluminação da Estrada Velha de Rio Dourado, até a divisa do município de Rio das Ostras com o município de Casimiro de Abreu.</t>
   </si>
   <si>
     <t>7243</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7243/indicacao_079-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7243/indicacao_079-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a elaboração de um estudo para constituir uma empresa de turismo, sob a melhor forma jurídica viável, vinculada_x000D_
 à Secretaria Municipal de Turismo Industria e Comércio, com o objetivo de desenvolver atividades destinadas à promoção do desenvolvimento local sustentável, com foco no turismo, no Município de Rio das Ostras.</t>
   </si>
   <si>
     <t>7244</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7244/indicacao_080-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7244/indicacao_080-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a construção de uma Escola de Ensino Infantil no bairro Praia Âncora.</t>
   </si>
   <si>
     <t>7245</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7245/indicacao_081-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7245/indicacao_081-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a complementação da iluminação da Rodovia Amaral Peixoto, no trecho compreendido entre o Cemitério Nossa Senhora Aparecida, no bairro Âncora, até a divisa do município de Rio das Ostras com o município de Macaé.</t>
   </si>
   <si>
     <t>7246</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7246/indicacao_083-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7246/indicacao_083-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a construção de uma Escola de Ensino Fundamental no bairro Cidade Beira Mar.</t>
   </si>
   <si>
     <t>7247</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7247/indicacao_084-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7247/indicacao_084-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a CONSTRUÇÃO DE UM CAMPO SOCIETY com grama sintética no Mar do Norte.</t>
   </si>
   <si>
     <t>7248</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7248/indicacao_085-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7248/indicacao_085-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a construção de um CAMPO DE FUTEBOL em Cantagalo, próximo do galpão comunitário e Colégio Trindade.</t>
   </si>
   <si>
     <t>8101</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8101/indicacao_086-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8101/indicacao_086-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, que seja efetuado REFORMA NA ESTRUTURA DA CISTERNA e na ESTRUTURA DE SUSTENTAÇÃO DAS_x000D_
 CAIXAS D´ÁGUA que atendem aos moradores do Condomínio Cláudio Ribeiro.</t>
   </si>
   <si>
     <t>8102</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8102/indicacao_087-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8102/indicacao_087-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, que seja construído uma passarela na Rodovia Amaral Peixoto, próximo a ponte em frente a entrada de acesso ao Bairro Ilha.</t>
   </si>
   <si>
     <t>8103</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8103/indicacao_088-06.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8103/indicacao_088-06.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, que seja colocado um Guarda Municipal para tomar conta dos quiosques da Praia das Tartarugas.</t>
   </si>
   <si>
     <t>8104</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8104/indicacao_089-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8104/indicacao_089-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, que seja feita a construção de uma praça com área de lazer, com quadra poliesportiva, vestiários, refletores, refeitório e salão, na área disponível, no loteamento Jardim Campomar, junto a Rua Vinícius de Moraes, entre as quadras 23 e 25.</t>
   </si>
   <si>
     <t>8105</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8105/indicacao_090-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8105/indicacao_090-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, que seja feita drenagem pluvial, colocação de rede de água e esgoto, na Rua Projetada 4, no loteamento Antônio Apicelo e a continuação da urbanização do canal que corta o Bairro Nova Cidade e o loteamento Antônio Apicelo.</t>
   </si>
   <si>
     <t>7449</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7449/indicacao_091-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7449/indicacao_091-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, que sejam inseridos nos próximos Projetos de Lei votados nesta Casa a obrigatoriedade de fazer constar nas placas dos logradouros públicos e Próprios municipais, o nome do homenageado.</t>
   </si>
   <si>
     <t>7450</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7450/indicacao_092-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7450/indicacao_092-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, que a Prefeitura através das Secretarias competentes tome providências quanto as construções irregulares e abandonadas, contatando o proprietário para que dê continuidade a obra ou então, após inspeção, se houver risco a sociedade possam ser demolidos.</t>
   </si>
   <si>
     <t>7556</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7556/indicacao_093-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7556/indicacao_093-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a passagem do carro fumacê nas ruas do bairro Recanto.</t>
   </si>
   <si>
     <t>8006</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8006/indicacao_094-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8006/indicacao_094-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a continuação da rede pluvial e pavimentação asfáltica na Avenida dos Bandeirantes a partir da Rua Niterói, no loteamento Jardim Bela Vista até a Praça João Paulo II no Loteamento Verdes Mares.</t>
   </si>
   <si>
     <t>8007</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8007/indicacao_095-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8007/indicacao_095-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a construção de um Posto de fiscalização, contendo sanitário feminino e masculino e local para as_x000D_
 refeições, próximo à Rodovia e a entrada de Cantagalo, substituindo o trailler existente, para atender a Guarda Municipal.</t>
   </si>
   <si>
     <t>8008</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8008/indicacao_096-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8008/indicacao_096-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a ampliação do Centro de Cidadania e a construção de um auditório.</t>
   </si>
   <si>
     <t>8009</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8009/indicacao_097-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8009/indicacao_097-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a construção do novo CENTRO DE REABILITAÇÃO com atendimento de Hidroterapia em Rio das Ostras.</t>
   </si>
   <si>
     <t>8010</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8010/indicacao_098-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8010/indicacao_098-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a construção de 60 casas populares para atender o Idoso e Portador de Necessidade Especial.</t>
   </si>
   <si>
     <t>8011</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8011/indicacao_099-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8011/indicacao_099-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que ligue a Avenida Nossa Senhora  da Conceição a Rodovia Amaral Peixoto em frente a Escola Alberto Jorge.</t>
   </si>
   <si>
     <t>8012</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8012/indicacao_100-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8012/indicacao_100-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que seja implantado atendimento à Criança de 0 a 12 anos em Brinquedoteca nos bairros de Rio das Ostras.</t>
   </si>
   <si>
     <t>8013</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8013/indicacao_101-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8013/indicacao_101-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que seja implantado pela Secretaria Municipal de Saúde, uma campanha de prevenção e combate ao Câncer de Mama.</t>
   </si>
   <si>
     <t>8014</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8014/indicacao_102-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8014/indicacao_102-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que junto à secretaria de Serviços Públicos, providencie a melhoria da iluminação na Rua Nova Conquista, Estrada de Cantagalo à Califórnia e Estrada do Casarão, na localidade de Cantagalo.</t>
   </si>
   <si>
     <t>7392</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7392/indicacao_103-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7392/indicacao_103-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao_x000D_
 Exmo. Prefeito Municipal, que seja desapropriada e reformado o Campo de Futebol do bairro Mar do Norte.</t>
   </si>
   <si>
     <t>7393</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7393/indicacao_104-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7393/indicacao_104-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que seja construído uma Escola de Ensino Fundamental próximo ao Condomínio Cláudio Ribeiro no bairro Âncora.</t>
   </si>
   <si>
     <t>7395</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7395/indicacao_105-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7395/indicacao_105-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a ampliação do colégio Ari Gomes Marins, com mais salas de aula.</t>
   </si>
   <si>
     <t>7396</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7396/indicacao_106-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7396/indicacao_106-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a ampliação da ponte localizada na Estrada Califórnia.</t>
   </si>
   <si>
     <t>7398</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7398/indicacao_107-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7398/indicacao_107-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, construção de uma creche na localidade Cantagalo.</t>
   </si>
   <si>
     <t>8015</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8015/indicacao_108-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8015/indicacao_108-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a construção de uma creche no bairro Palmital.</t>
   </si>
   <si>
     <t>7630</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7630/indicacao_109-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7630/indicacao_109-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a necessidade de calçamento com drenagem pluvial e meio-fio das seguintes ruas do loteamento Jardim Patrícia em Rio das Ostras:_x000D_
 • Rua Cabo Frio;_x000D_
 • Rua Araruama.</t>
   </si>
   <si>
     <t>7632</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7632/indicacao_110-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7632/indicacao_110-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal a construção de 02 (duas) novas salas de aulas em Rocha Leão, na escola Municipal Henrique Sarzedas.</t>
   </si>
   <si>
     <t>7634</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7634/indicacao_111-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7634/indicacao_111-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que seja construído uma Pista de Skate próximo ou ao lado da Pista de Motocross em Rocha Leão.</t>
   </si>
   <si>
     <t>7557</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7557/indicacao_112-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7557/indicacao_112-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que interceda junto STEL para que possa ceder uma equipe para auxiliar na limpeza da Sede Administrativa da_x000D_
 Prefeitura.</t>
   </si>
   <si>
     <t>7558</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7558/indicacao_113-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7558/indicacao_113-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que ao dar entrada um paciente no Pronto Socorro ou qualquer outra unidade de saúde do município, mesmo que seja atendimento de emergência, que o mesmo possa sair com encaminhamento para tratamento com a devida especialidade indicada.</t>
   </si>
   <si>
     <t>8016</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8016/indicacao_114-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8016/indicacao_114-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que implante uma Unidade de Atendimento para que seja desenvolvido o ”Programa Saúde da Mulher”.</t>
   </si>
   <si>
     <t>7400</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7400/indicacao_115-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7400/indicacao_115-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal que seja construído um Centro Odontológico no Município.</t>
   </si>
   <si>
     <t>7249</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7249/indicacao_116-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7249/indicacao_116-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, construção de um campo de futebol society com grama sintética, vestiário, banco de reservas e iluminação no_x000D_
 bairro Âncora</t>
   </si>
   <si>
     <t>7250</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7250/indicacao_117-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7250/indicacao_117-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal seja construído uma Praça com quadra poliesportiva no bairro de Cidade Praiana.</t>
   </si>
   <si>
     <t>7251</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7251/indicacao_118-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7251/indicacao_118-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a construção de uma CRECHE MUNICIPAL no bairro Cidade Praiana.</t>
   </si>
   <si>
     <t>7253</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7253/indicacao_119-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7253/indicacao_119-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, providências no sentido de ser criado em caráter de urgência uma Comissão para elaboração de Projeto de Lei regulamentando os Serviços de Coleta de Lixo no Município de Rio das Ostras.</t>
   </si>
   <si>
     <t>7263</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7263/indicacao_120-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7263/indicacao_120-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a construção de uma escola de ensino infantil no Bairro Liberdade.</t>
   </si>
   <si>
     <t>7266</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7266/indicacao_121-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7266/indicacao_121-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a construção de uma Escola de Ensino Infantil no bairro Jardim Campomar.</t>
   </si>
   <si>
     <t>7451</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7451/indicacao_122-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7451/indicacao_122-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, que resgate o projeto de desporto em todas as escolas municipais que tenham quadras poliesportiva_x000D_
 e nos bairros que tenham quadras fora das escolas, sendo composto das seguintes modalidades, vôlei, basquete, futsal, handball e capoeira.</t>
   </si>
   <si>
     <t>7452</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7452/indicacao_123-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7452/indicacao_123-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a construção de Telecentro no bairro Âncora.</t>
   </si>
   <si>
     <t>7453</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7453/indicacao_124-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7453/indicacao_124-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que seja colocado em todos os prédios públicos, ex: Prefeitura, Hospital, Secretarias e etc..., um bicicletário.</t>
   </si>
   <si>
     <t>7454</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7454/indicacao_125-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7454/indicacao_125-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a construção da “Casa do Pescador” na Boca da Barra.</t>
   </si>
   <si>
     <t>7455</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7455/indicacao_126-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7455/indicacao_126-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, Construção de Centro de Lazer para os Servidores Públicos Municipais de Rio das Ostras com: campo de futebol society de gramado sintético, quadra poliesportiva, salão de festas, piscinas para adultos e crianças, salão de jogos, churrasqueiras, playground, lanchonete/restaurante e sauna.</t>
   </si>
   <si>
     <t>7456</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7456/indicacao_127-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7456/indicacao_127-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a construção da “Casa da Melhor Idade”.</t>
   </si>
   <si>
     <t>7401</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7401/indicacao_128-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7401/indicacao_128-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a complementação da pavimentação da rua que começa na Praça Valdemar Barcelos em Cantagalo e vai até a divisa_x000D_
 com Califórnia.</t>
   </si>
   <si>
     <t>7402</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7402/indicacao_129-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7402/indicacao_129-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que seja efetuada drenagem pluvial, meio-fio, instalação de rede água potável, rede de esgoto e pavimentação asfáltica, nos Becos 01 e 02 da Rua Gaivota no bairro Ilha.</t>
   </si>
   <si>
     <t>7403</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7403/indicacao_130-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7403/indicacao_130-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal para que seja feito com a máxima urgência no sentido Rodovia Amaral Peixoto a continuação da ciclovia do Jardim Bela Vista até o Horto Municipal.</t>
   </si>
   <si>
     <t>7404</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7404/indicacao_131-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7404/indicacao_131-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, para que seja feita a urbanização no entorno do Bosque do Loteamento Serramar.</t>
   </si>
   <si>
     <t>7405</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que seja desapropriado e reformado o Campo de Futebol do bairro Califórnia.</t>
   </si>
   <si>
     <t>8070</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8070/indicacao_133-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8070/indicacao_133-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a construção de um Centro de Saúde no Loteamento Recreio</t>
   </si>
   <si>
     <t>8017</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8017/indicacao_134-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8017/indicacao_134-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a construção do CENTRO DE CONVIVÊNCIA, no bairro Âncora.</t>
   </si>
   <si>
     <t>8018</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8018/indicacao_135-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8018/indicacao_135-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a construção de 60 (sessenta) casas populares para mulheres chefes de família.</t>
   </si>
   <si>
     <t>8019</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8019/indicacao_136-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8019/indicacao_136-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a Desapropriação das quadras 24 e 28,  localizadas entre as Ruas 10, 19 e 23, do loteamento Extensão do Serramar, para que seja construído um campo de Futebol Society com grama sintética, nas medidas oficiais e uma Praça com Playground para as crianças.</t>
   </si>
   <si>
     <t>7267</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7267/indicacao_137-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7267/indicacao_137-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a execução da obra de cobertura, na quadra da Escola Municipal Padre José Dilson Dórea, no Bairro Praia Âncora, Rio das Ostras, RJ.</t>
   </si>
   <si>
     <t>8020</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8020/indicacao_138-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8020/indicacao_138-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a criação de um Programa de Prevenção à Gravidez, com participação das Secretarias Municipais de Educação e_x000D_
 Saúde.</t>
   </si>
   <si>
     <t>8021</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8021/indicacao_139-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8021/indicacao_139-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que atenda todos os moradores do Conjunto Novo Horizonte, no Loteamento Praia Âncora, com o Programa PRAPE, desenvolvido pela Secretaria Municipal de Bem Estar Social.</t>
   </si>
   <si>
     <t>8022</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8022/indicacao_140-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8022/indicacao_140-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que o Programa de Saúde Animal, volte a ser desenvolvido pela Secretaria de Meio Ambiente, Agricultura e_x000D_
 Pesca, com a aquisição de um local, para se implantar um Canil Municipal, para que seja feito o recolhimento dos cães das Vias Públicas do Município, onde ficarão abrigados e receberão cuidados, acompanhamento por Médico Veterinário, vermifugação, esterilização e postos para adoção, com divulgação nos veículos de comunicação do Município.</t>
   </si>
   <si>
     <t>8023</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8023/indicacao_141-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8023/indicacao_141-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a construção de um “Centro Dia”, para atender aos idosos semi dependentes, que precisam de cuidados de_x000D_
 saúde, higiene e alimentação, enquanto os seus familiares estão trabalhando.</t>
   </si>
   <si>
     <t>8024</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8024/indicacao_142-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8024/indicacao_142-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a construção de cobertura nas quadras esportivas existentes nos Centros Integrados de Convivência “ Ernestina Jorge Pereira” e “ Professora Neli Aparecida Tâmara Luiz”.</t>
   </si>
   <si>
     <t>7559</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7559/indicacao_143-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7559/indicacao_143-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, que seja construída uma Creche para atender as comunidades de Califórnia, Trindade e Humaitá.</t>
   </si>
   <si>
     <t>7560</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7560/indicacao_144-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7560/indicacao_144-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, que seja feito o nivelamento com solo brita nas ruas A, B, C,D, e E no loteamento Santo Antônio, do Bairro Palmital.</t>
   </si>
   <si>
     <t>7562</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7562/indicacao_145-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7562/indicacao_145-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, que sejam colocadas placas de sinalização e lombadas, do km 05 até a Praça Valdemar Barcelos, que fica na Estrada de Cantagalo.</t>
   </si>
   <si>
     <t>7563</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7563/indicacao_146-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7563/indicacao_146-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, que seja feito manutenção nos acostamentos da Rodovia que liga Califórnia a Cantagalo.</t>
   </si>
   <si>
     <t>7564</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7564/indicacao_147-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7564/indicacao_147-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, que sejam trocadas as placas ou SSU dos ônibus de Califórnia Via Cantagalo.</t>
   </si>
   <si>
     <t>7271</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7271/indicacao_148-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7271/indicacao_148-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a execução da obra de cobertura, na quadra da Escola Municipal Inayá Moraes D' Couto, no Bairro Village, Rio das Ostras, RJ.</t>
   </si>
   <si>
     <t>7272</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7272/indicacao_149-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7272/indicacao_149-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a construção de mureta (muro baixo) em toda extensão da Nova ponte, localizada sobre o rio das ostras, Rio das Ostras, RJ.</t>
   </si>
   <si>
     <t>7567</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7567/indicacao_151-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7567/indicacao_151-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, que seja feita ampliação ou construção de um abrigo no ponto de ônibus próximo a BPRV(Batalhão da Polícia Rodoviária), na Zen.</t>
   </si>
   <si>
     <t>7569</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7569/indicacao_152-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7569/indicacao_152-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, que o ônibus escolar Municipal, passe pela rua Santa Catarina ou em direção à Escola Maria da Penha que fica em Serra Mar.</t>
   </si>
   <si>
     <t>8025</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8025/indicacao_153-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8025/indicacao_153-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a criação do “Centro de Zooterapia e Terapias Alternativas”.</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, drenagem, rede de água e coleta de esgoto, iluminação pública e pavimentação asfáltica das Ruas B, C e E, situada no bairro Liberdade.</t>
   </si>
   <si>
     <t>7636</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7636/indicacao_155-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7636/indicacao_155-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, as seguintes obras na rua Cleide de oliveira Santiago, no jardim Campomar. _x000D_
 • Drenagem de águas pluviais;_x000D_
 • Meio-fio;_x000D_
 • Pavimentação asfáltica;_x000D_
 • Quebra-molas.</t>
   </si>
   <si>
     <t>7637</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7637/indicacao_156-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7637/indicacao_156-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a Criação de um Quebramolas  na rua Amazonas, em Frente a Praça de Skate.</t>
   </si>
   <si>
     <t>7639</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7639/indicacao_157-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7639/indicacao_157-08.pdf</t>
   </si>
   <si>
     <t>indica ao Exmo. Sr. Prefeito Municipal, a Criação da Semana da Criança no Município de Rio das Ostras.</t>
   </si>
   <si>
     <t>7410</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7410/indicacao_158-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7410/indicacao_158-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo._x000D_
 Sr. Prefeito Municipal, em caráter de urgência a imediata providência para colocação de SINALIZAÇÃO DE TRÂNSITO, na BR 101, indicando alternativas para as localidades de ROCHA LEÃO X CANTAGALO X RODOVIA AMARAL PEIXOTO (no BAIRRO MARILÉA), bem como outra alternativa através da ESTRADA DA MACUCA, até o VIADUTO da ESTRADA RIO DOURADO.</t>
   </si>
   <si>
     <t>7411</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7411/indicacao_159-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7411/indicacao_159-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a construção de uma capela tendo como padroeiro o Santo São Pedro protetor dos pescadores, no bairro Boca da Barra.</t>
   </si>
   <si>
     <t>7413</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7413/indicacao_160-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7413/indicacao_160-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo._x000D_
 Sr. Prefeito Municipal, a manutenção num dos Próprios mais belos e turístico da Lagoa do Iriri, pois nas condições em que se encontra atualmente o MIRANTE, muito em breve, vamos ter vários problemas de segurança, portanto peço as seguintes providencias: _x000D_
 • Remover a camada de verniz que encontra-se totalmente escamada, por uma pintura com verniz próprio de ação da maresia._x000D_
 • Substituir as atuais cantoneiras de chapa de ferro por peças de aço inox ou metal</t>
   </si>
   <si>
     <t>7415</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7415/indicacao_161-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7415/indicacao_161-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, a desapropriação do imóvel situado na Rua Maria S. Ferreira nº 20, para ampliação do Colégio Fanny Esteves Batista no bairro Nova Aliança.</t>
   </si>
   <si>
     <t>7457</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7457/indicacao_162-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7457/indicacao_162-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que aumente o efetivo da Guarda Municipal nos finais de semana e feriados prolongados, na Rodovia Amaral Peixoto, do Trevo de Rio das Ostras até o Âncora.</t>
   </si>
   <si>
     <t>7458</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7458/indicacao_163-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7458/indicacao_163-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que seja resgatado na Secretaria de Esporte e Lazer o projeto da escolinha de tênis.</t>
   </si>
   <si>
     <t>7460</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7460/indicacao_164-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7460/indicacao_164-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a construção de um ginásio poliesportivo entre os bairros Cidade Praiana, Jardim Campo Mar e bairro Beira Mar nos moldes profissionais, construído nas medidas profissionais, com arquibancadas para 2.000 pessoas e com vestiários feminino e masculino, no tamanho que possa atender as federações e confederações nacionais e internacionais, para que tenhamos jogos em todas modalidades, recebendo jogos de alto nível.</t>
   </si>
   <si>
     <t>7461</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7461/indicacao_165-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7461/indicacao_165-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a cobertura da quadra poliesportiva e construção de banheiros feminino e masculino na praça Ladice dos Santos – bairro Peroba.</t>
   </si>
   <si>
     <t>7462</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7462/indicacao_166-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7462/indicacao_166-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a construção de um novo prédio para APAD.</t>
   </si>
   <si>
     <t>7479</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7479/indicacao_167-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7479/indicacao_167-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo.Prefeito Municipal, a pavimentação asfáltica, drenagem de águas pluviais e meio fio para as Ruas João Pessoa, Vitória, Recife, Maceió do bairro Jardim Bela Vista.</t>
   </si>
   <si>
     <t>7480</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7480/indicacao_168-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7480/indicacao_168-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao  Exmo. Prefeito Municipal, a máxima urgência de pavimentação asfáltica, drenagem de águas pluviais e meio fio para as Ruas da Prata, Marfim, Jade e Opalina do bairro Jardim Ouro Verde.</t>
   </si>
   <si>
     <t>7481</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7481/indicacao_169-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7481/indicacao_169-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a pavimentação asfáltica e rede de águas pluviais para as Ruas Nova Iguaçu e Teresópolis no bairro Recreio.</t>
   </si>
   <si>
     <t>7482</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7482/indicacao_171-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7482/indicacao_171-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que sejam feitas drenagens de águas fluviais, pavimentação asfáltica, meio fio, na rua Capitão Fonseca no bairro Cidade Praiana.</t>
   </si>
   <si>
     <t>7483</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7483/indicacao_171-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7483/indicacao_171-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a colocação de uma cisterna de 10.000L na rua das Azaléias, no Âncora.</t>
   </si>
   <si>
     <t>7485</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7485/indicacao_172-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7485/indicacao_172-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que sejam trocadas as lâmpadas das ruas Oscar Fonseca, Oscar Fonseca I,II e III, do bairro São Cristóvão.</t>
   </si>
   <si>
     <t>7486</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7486/indicacao_173-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7486/indicacao_173-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a urbanização e colocação de playground na Praça Adão Carlos Ribeiro no bairro Jardim Mariléia.</t>
   </si>
   <si>
     <t>7488</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7488/indicacao_174-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7488/indicacao_174-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que coloque um braço de luz na rua Hebert de Souza no bairro São Cristóvão.</t>
   </si>
   <si>
     <t>7490</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>INDICA ao  Exmo. Prefeito Municipal, a construção de Telecentro no bairro Cidade Praiana.</t>
   </si>
   <si>
     <t>7491</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7491/indicacao_176-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7491/indicacao_176-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a pavimentação asfáltica e rede de águas pluviais para as Ruas Projetadas A, B e C no bairro Recreio.</t>
   </si>
   <si>
     <t>7493</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7493/indicacao_177-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7493/indicacao_177-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que sejam feitas drenagens de águas fluviais, pavimentação asfáltica, meio fio, na rua Barros da Mota no bairro Cidade Praiana.</t>
   </si>
   <si>
     <t>7495</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7495/indicacao_178-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7495/indicacao_178-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a adequação do teatro Municipal, com aproveitamento do espaço, para instalação de um cinema nas suas dependências.</t>
   </si>
   <si>
     <t>7497</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7497/indicacao_179-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7497/indicacao_179-08.pdf</t>
   </si>
   <si>
     <t>7499</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7499/indicacao_180-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7499/indicacao_180-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a colocação de placas para marcação de metragem de 200 em 200 metros na orla de Costa Azul, na praia do Centro até a Tartaruga, na Av. Brasília, e Lagoa do Iriry.</t>
   </si>
   <si>
     <t>7501</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7501/indicacao_181-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7501/indicacao_181-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a colocação de um quiosque de informações turísticas nas praias do Bosque, do Centro, Boca da Barra e Costazul, com a finalidade de informar melhor os turistas e munícipes de Rio das Ostras os pontos turísticos da cidade, restaurantes, hotéis, pousadas, áreas de preservação ambiental, eventos culturais e esportivos.</t>
   </si>
   <si>
     <t>7504</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7504/indicacao_182-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7504/indicacao_182-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a colocação de front lights e placas na Rodovia, ruas e avenidas de grande movimento, prédios públicos,_x000D_
 secretarias municipais e centro de cidadania municipal com informações de serviços prestados pelo poder executivo municipal e suas parcerias, a fim de instruir toda comunidade e dar ciência de seus direitos e de benefícios que lhes são oferecidos.</t>
   </si>
   <si>
     <t>7507</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7507/indicacao_183-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7507/indicacao_183-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que seja feita com prioridade a limpeza geral do valão, posteriormente a execução do manilhamento na rua A da rua_x000D_
 Santana até a rua Ouro Verde no bairro Liberdade</t>
   </si>
   <si>
     <t>7509</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7509/indicacao_184-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7509/indicacao_184-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, criação da Escolinha de Hipismo com Centro de Equitação Terapêutica.</t>
   </si>
   <si>
     <t>7511</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7511/indicacao_185-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7511/indicacao_185-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a construção de uma CRECHE no bairro São Cristóvão.</t>
   </si>
   <si>
     <t>7512</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7512/indicacao_186-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7512/indicacao_186-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, as seguintes obras nas Ruas H, N e O, do bairro Extensão Novo Rio das Ostras:_x000D_
 • Drenagem de águas pluviais;_x000D_
 • Meio – fio;_x000D_
 • Pavimentação em paralelo.</t>
   </si>
   <si>
     <t>7514</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7514/indicacao_187-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7514/indicacao_187-08.pdf</t>
   </si>
   <si>
     <t>7516</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7516/indicacao_188-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7516/indicacao_188-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a construção de uma praça com playground, no bairro Terra Firme.</t>
   </si>
   <si>
     <t>7518</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7518/indicacao_189-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7518/indicacao_189-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que seja construído um abrigo no ponto de ônibus atrás da patrulha rodoviária na divisa com Macaé, na estrada que vai para Cantagalo.</t>
   </si>
   <si>
     <t>7520</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7520/indicacao_190-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7520/indicacao_190-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, que os ônibus que fazem o transporte dos alunos da rede municipal ao chegarem nos respectivos bairros dos alunos tanto no embarque ou desembarque, não deixem as crianças saltarem no ponto de ônibus situados na Rodovia Amaral Peixoto, e sim nas ruas de baixo paralelo a Rodovia. E que também além dos agentes escolares que acompanham as crianças dentro dos ônibus, veja a possibilidade de colocar um_x000D_
 Guarda Municipal dentro do mesmo para a maior segurança das crianças.</t>
   </si>
   <si>
     <t>7521</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7521/indicacao_191-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7521/indicacao_191-08.pdf</t>
   </si>
   <si>
     <t>INDICA aoExmo. Prefeito Municipal, a colocação de placas indicando o termino da rua Niterói, no bairro Mariléa, que encontra-se sem muro e tornando-se um perigo iminente para as pessoas desavisadas.</t>
   </si>
   <si>
     <t>7277</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7277/indicacao_192-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7277/indicacao_192-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que seja efetuada a REVISÃO DE TODA ILUMINAÇÃO PÚBLICA na Rua Francisco Xavier Kunning do Bairro Casa Grande.</t>
   </si>
   <si>
     <t>7283</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal a colocação de lombada na Rua Antônio Apicelo, na altura do bar do Alceir, nº 58, bairro Nova Cidade</t>
   </si>
   <si>
     <t>7416</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7416/indicacao_194-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7416/indicacao_194-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, drenagem pluvial, meio fio, rede de água potável, rede de esgoto e pavimentação asfáltica no Beco da Rua Albatroz no bairro Ilha.</t>
   </si>
   <si>
     <t>7418</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7418/indicacao_195-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7418/indicacao_195-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, a complementação da pavimentação da rua Benedito Barroso no bairro Nova Cidade até a Rodovia Engenheiro_x000D_
 Luiz Gonzaga Quirino Tannus – RO.</t>
   </si>
   <si>
     <t>7420</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7420/indicacao_196-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7420/indicacao_196-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, que seja providenciado com a máxima urgência a PADRONIZAÇÃO DO NIVELAMENTO DA CALÇADA DA RUA_x000D_
 Jovem Viana no bairro Nova Esperança, localizado no Centro de Rio das Ostras.</t>
   </si>
   <si>
     <t>7425</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7425/indicacao_197-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7425/indicacao_197-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, que seja providenciado com a máxima urgência a PADRONIZAÇÃO DO NIVELAMENTO DA CALÇADA DA RUA João Viana no bairro Nova Esperança, em Rio das Ostras.</t>
   </si>
   <si>
     <t>7427</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7427/indicacao_198-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7427/indicacao_198-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, a colocação de um REDUTOR DE VELOCIDADE na Via marginal ao Loteamento Serramar.</t>
   </si>
   <si>
     <t>7523</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7523/indicacao_199-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7523/indicacao_199-08.pdf</t>
   </si>
   <si>
     <t>7525</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7525/indicacao_200-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7525/indicacao_200-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a construção da Casa de Educação.</t>
   </si>
   <si>
     <t>7526</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7526/indicacao_201-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7526/indicacao_201-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, que sejam ministrados CURSOS de Defesa Pessoal, Inglês e Espanhol básico e sobre o ‘ECA’ – Estatuto da Criança e do Adolescente, para os Guardas Municipais.</t>
   </si>
   <si>
     <t>7528</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7528/indicacao_202-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7528/indicacao_202-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, a troca do manilhamento, e a reconstituição do paralelo e do meio-fio na rua da Fonte no bairro Nova Cidade</t>
   </si>
   <si>
     <t>7530</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7530/indicacao_203-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7530/indicacao_203-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, que seja realizado no fim do ano o reveillon no Loteamento Praiamar (Praia de Itapebussus) uma queima de fogos e um pequeno show de MPB com Talentos da Terra.</t>
   </si>
   <si>
     <t>7531</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7531/indicacao_204-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7531/indicacao_204-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, a troca do manilhamento, e a reconstituição do paralelo e do meio-fio na rua C, no bairro Nova Esperança.</t>
   </si>
   <si>
     <t>7533</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7533/indicacao_205-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7533/indicacao_205-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, que sejam incluídas na programação visual da cidade a praia de ITAPEBUSSUS, a lagoa Salgada e a lagoa de Itapebussus, conforme outros locais turísticos que já fazem parte dessa programação.</t>
   </si>
   <si>
     <t>7535</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7535/indicacao_206-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7535/indicacao_206-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, a criação de uma RAMPA dando acesso ao play-ground do Anfiteatro na Lagoa do Iriri.</t>
   </si>
   <si>
     <t>7537</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7537/indicacao_208-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7537/indicacao_208-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, que sejam colocadas lixeiras em todos os pontos de ônibus de nossa cidade.</t>
   </si>
   <si>
     <t>7539</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7539/indicacao_209-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7539/indicacao_209-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, que seja colocado L O M B A D A S nas Avenidas: Sonia Maria da Rocha e, Principal no Loteamento Praiamar.</t>
   </si>
   <si>
     <t>7541</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7541/indicacao_210-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7541/indicacao_210-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, para que a Guarda Florestal/DEPA, fiscalize a área de Itapebussus e a área de restinga, que liga os Loteamentos Praiamar e Enseada das Gaivotas.</t>
   </si>
   <si>
     <t>7542</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7542/indicacao_211-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7542/indicacao_211-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, a colocação em todas as praias, rios e lagoas de placas indicativas bem legíveis informando sobre todos os perigos, tais como: correntezas, encostas e etc...</t>
   </si>
   <si>
     <t>7640</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7640/indicacao_212-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7640/indicacao_212-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que seja criado um centro de Triagem e Reciclagem de Lixo.</t>
   </si>
   <si>
     <t>7642</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7642/indicacao_213-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7642/indicacao_213-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, para que seja construído um banheiro para deficientes físicos, em cada órgão público do Município de Rio das Ostras.</t>
   </si>
   <si>
     <t>7644</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7644/indicacao_214-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7644/indicacao_214-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que seja construído acostamento no local da confluência da Estrada  Serramar com a Estrada Velha Rio Dourada.</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, a colocação de redutores para amenizar a velocidade dos veículos que transitam na Rua Leblon Centro, próximo a Biblioteca Municipal,  e o ordenamento do estacionamento que seja permitido apenas de um lado da mesma Rua.</t>
   </si>
   <si>
     <t>8026</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8026/indicacao_216-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8026/indicacao_216-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que junto a Secretaria Municipal de Guarda e Trânsito, análise a viabilidade de realização de cursos para motoristas e cobradores que trabalham no transporte coletivo urbano de Rio das Ostras, nas áreas de relações humanas segurança e outras afins com as profissões.</t>
   </si>
   <si>
     <t>8027</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8027/indicacao_217-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8027/indicacao_217-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, para que analise a possibilidade de criação de Programas de Incentivo à Adoção e de Família Acolhedora, em moldes já existentes noutras cidades brasileiras, respeitando-se, evidentemente, as particularidades. Para construção dos mesmos, sugiro que sejam envolvidos os Conselhos Municipais a fins, a 1ª Vara de Família, Infância, Juventude e Idoso da Comarca de Rio das Ostras, bem como o Grupo de apoio à adoção “ADOTE”, em fase de regularização em nosso Município.</t>
   </si>
   <si>
     <t>8028</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8028/indicacao_218-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8028/indicacao_218-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que através da Secretaria Municipal de Obras em parceria com a Secretaria Municipal de Educação, viabilize a construção de uma Biblioteca na localidade de Cantagalo, dotada de toda infra-estrutura para atender aos alunos das escolas existentes na região que necessitam deslocarse até o centro de Rio das Ostras para realizarem suas pesquisas escolares, onerando o orçamento de seus pais com despesas de_x000D_
 passagem, etc.</t>
   </si>
   <si>
     <t>8029</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8029/indicacao_219-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8029/indicacao_219-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a criação do Centro de Conveniência e de Inclusão Social para Pessoas com Deficiência Física, Mental e Sensorial.</t>
   </si>
   <si>
     <t>7646</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7646/indicacao_220-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7646/indicacao_220-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a permanência de médico 24 horas, equipe de enfermagem e ambulância nas localidades mais distantes do hospital.</t>
   </si>
   <si>
     <t>7647</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7647/indicacao_221-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7647/indicacao_221-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a construção do novo CENTRO de REABILITAÇÃO com HIDROTERAPIA e ECOTERAPIA em Rocha Leão.</t>
   </si>
   <si>
     <t>7648</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7648/indicacao_222-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7648/indicacao_222-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a criação de um cadastro informatizado do munícipe, na saúde pública no município.</t>
   </si>
   <si>
     <t>7649</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7649/indicacao_223-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7649/indicacao_223-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que seja prorrogado o horário de funcionamento da biblioteca da Estação Ferroviária em Rocha Leão para as vinte e uma horas.</t>
   </si>
   <si>
     <t>7651</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7651/indicacao_224-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7651/indicacao_224-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a instalação de uma cisterna comunitária, na localidade do Âncora, á rua das Gaivotas, próximo ao galpão da Empresa Sinal, em Rio das Ostras.</t>
   </si>
   <si>
     <t>7653</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7653/indicacao_225-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7653/indicacao_225-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que seja efetuada as seguintes melhorias para a rua Antônio do Amaral (antiga rua Edite Pereira Câmara), no Péroba, como seque:_x000D_
 • Drenagem Pluvial;_x000D_
 • Meio-fio;_x000D_
 • Pavimentação.</t>
   </si>
   <si>
     <t>7544</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7544/indicacao_226-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7544/indicacao_226-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que seja concedido Abono Especial no valor de R$ 1.500,00 (Um mil e quinhentos reais), para os funcionários públicos efetivos, contratados e comissionados do Poder Executivo e que sejam estendido aos funcionários do Legislativos os mesmos benefícios desta indicação.</t>
   </si>
   <si>
     <t>7654</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7654/indicacao_227-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7654/indicacao_227-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que seja efetuada a extensão de rede elétrica AT/BT (alta tensão e baixa tensão) nas seguintes Ruas em Cantagalo:_x000D_
 • Rua Nova Conquista;_x000D_
 • Rua Principal.</t>
   </si>
   <si>
     <t>7656</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7656/indicacao_228-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7656/indicacao_228-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, colocar Banco 24 horas na Orla do Costa Azul, entre a Praça da Baleia e a Lagoa de Iriry em Costa Azul e no Centro de Rio das Ostras na Praça José Pereira Câmara.</t>
   </si>
   <si>
     <t>7657</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7657/indicacao_229-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7657/indicacao_229-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que seja feito drenagem pluvial, meio-fio e pavimentação asfáltica na Rua Itaperuna no Jardim Mariléia.</t>
   </si>
   <si>
     <t>7658</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7658/indicacao_230-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7658/indicacao_230-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que seja feito o manilhamento e a pavimentação da Rua Pernambuco em Cidade Praiana.</t>
   </si>
   <si>
     <t>7660</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7660/indicacao_231-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7660/indicacao_231-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a necessidade de calçamento com drenagem pluvial e meio-fio das seguintes ruas do Loteamento Jardim Patrícia em Rio das Ostras:_x000D_
 • Rua Saquarema;_x000D_
 • Rua Búzios.</t>
   </si>
   <si>
     <t>7662</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7662/indicacao_232-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7662/indicacao_232-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que seja efetuado o saneamento básico e pavimentação da Rua Uruguai e Rua Espírito Santo – Extensão do Bosque.</t>
   </si>
   <si>
     <t>7663</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7663/indicacao_233-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7663/indicacao_233-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a ampliação da rede de água potável e extensão de rede elétrica na Avenida Izolino Almeida “Novo Loteamento”, em Rocha Leão.</t>
   </si>
   <si>
     <t>7666</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7666/indicacao_234-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7666/indicacao_234-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que seja instalado 04 (Quatro) luminárias em uma parte da Rua Projetada na BR 101 KM 182, Rocha Leão – Rio das Ostras.</t>
   </si>
   <si>
     <t>7667</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7667/indicacao_235-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7667/indicacao_235-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a necessidade da construção de um Posto de Saúde Emergencial na altura de Vila Verde ou imediações.</t>
   </si>
   <si>
     <t>7668</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7668/indicacao_236-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7668/indicacao_236-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, o empenho na disponibilização de profissionais e recursos necessários á criação de Cooperativas de Emprego para a_x000D_
 comunidade de Rocha Leão.</t>
   </si>
   <si>
     <t>7669</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7669/indicacao_237-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7669/indicacao_237-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que seja construído em Rocha Leão um sistema adequado de abastecimento de água para que possa atender a grande demanda atual.</t>
   </si>
   <si>
     <t>7671</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7671/indicacao_238-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7671/indicacao_238-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, o calçamento e tratamento de águas pluviais para Avenida Rodrigues de Melo, Enseada das Gaivotas – Rio das Ostras.</t>
   </si>
   <si>
     <t>8030</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8030/indicacao_239-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8030/indicacao_239-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, para que avalie junto à Secretaria de Bem Estar Social a viabilidade de implantações de Banco de Voluntários e Banco de Bens Doados em nosso Município.</t>
   </si>
   <si>
     <t>8031</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8031/indicacao_240-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8031/indicacao_240-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a implantação do sistema de plantão médico (24 horas), no Posto de Saúde da localidade de Cantagalo e Rocha Leão, a fim de atender as necessidades daquela comunidade, que geograficamente, estão distantes dos recursos públicos de saúde, com atendimento 24 horas, oferecidos pelo município bem como, a não disponibilidade de transporte coletivo no horário de 00hs às 04:30hs.</t>
   </si>
   <si>
     <t>8032</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8032/indicacao_241-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8032/indicacao_241-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, através da Secretaria Municipal de Guarda e Trânsito, a permanência de agentes ou rondas sistemáticas no bairro Cidade Praiana, especificamente no Conjunto Habitacional Aristides Ribeiro, a fim de inibir as sucessivas ocorrências de pequenos furtos nesse local, o que permitiria maior tranqüilidade e segurança aos moradores e visitantes do bairro.</t>
   </si>
   <si>
     <t>8033</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8033/indicacao_242-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8033/indicacao_242-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que através da Secretaria de Meio Ambiente, Agricultura e Pesca, determine providências no sentido de replantar as mudas de árvores ao longo da Praia da Tartaruga, que morreram, bem como fazer a manutenção das que estão com dificuldade no seu desenvolvimento.</t>
   </si>
   <si>
     <t>8034</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8034/indicacao_243-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8034/indicacao_243-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a construção de uma Unidade Básica de Saúde composta por equipe de especialistas para atendimento exclusivo aos idosos de nosso Município, visto que, este segmento de nossa sociedade necessita de cuidados diferenciados.</t>
   </si>
   <si>
     <t>8035</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8035/indicacao_244-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8035/indicacao_244-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que através da Secretaria de Bem Estar Social, promova a instalação de um Centro Social, para atender aos moradores do Loteamento Residencial Praia Âncora, visto que a demanda de necessidade emergencial é grande e os moradores residem distante dos locais de atendimento feito pela Secretaria, ficando prejudicados no acesso as informações e ao exercício de sua cidadania de forma plena.</t>
   </si>
   <si>
     <t>8036</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8036/indicacao_245-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8036/indicacao_245-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que através da Secretaria Municipal de Fazenda, faça um estudo para que se crie uma Lei para isentar proprietários de terrenos baldios, que devem ceder o terreno para finalidade pública.</t>
   </si>
   <si>
     <t>8037</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8037/indicacao_246-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8037/indicacao_246-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que ao confeccionar as placas nominativas de ruas e praças, caso seja de um homenageado, que acrescente informações, de no máximo três linhas sobre quem foi esta pessoa.</t>
   </si>
   <si>
     <t>7284</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7284/indicacao_247-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7284/indicacao_247-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a CONSTRUÇÃO DE CENTRO DE ESPORTE EDUCAÇÃO E CULTURA DE RIO DAS OSTRAS “Vila Olímpica”.</t>
   </si>
   <si>
     <t>7286</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7286/indicacao_248-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7286/indicacao_248-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que seja substituída a grama existente no campo de futebol society, por grama sintética no bairro Nova Cidade – Rio das Ostras.</t>
   </si>
   <si>
     <t>7288</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7288/indicacao_249-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7288/indicacao_249-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, o seguinte:_x000D_
 • Que seja montada uma TENDA para tratamento de beleza, para atender as mulheres em toda data de 08 de março de cada ano em que se comemoram o Dia Internacional da Mulher, incluindo shows com a participação de cantoras mulheres.</t>
   </si>
   <si>
     <t>7289</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7289/indicacao_250-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7289/indicacao_250-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal a pavimentação e urbanização, da Praia do Abricó até a Praia da Tartaruga.</t>
   </si>
   <si>
     <t>7293</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7293/indicacao_251-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7293/indicacao_251-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal a revisão no muro de arrimo da PRAIA DA TOCOLÂNDIA E CONSTRUÇÃO DE UMA DESCIDA DO DECK PARA A PRAIA.</t>
   </si>
   <si>
     <t>7295</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7295/indicacao_252-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7295/indicacao_252-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a construção de uma Praça com Quadra Poliesportiva e com Quiosque no Loteamento Jardim Campomar – Rio das Ostras.</t>
   </si>
   <si>
     <t>7296</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7296/indicacao_253-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7296/indicacao_253-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal a construção de um CENTRO DE CULTURA E LAZER, com cinema, livraria, restaurante, salão de exposição de artistas locais, um mini-museu com a história de nossa cidade.</t>
   </si>
   <si>
     <t>7298</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que seja efetuada a iluminação pública para a ESTRADA VELHA RIO DOURADO em VILA VERDE.</t>
   </si>
   <si>
     <t>7299</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7299/indicacao_255-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7299/indicacao_255-08.pdf</t>
   </si>
   <si>
     <t>INDICAM ao Exmo. Prefeito Municipal, a implantação da unidade do Projeto Nossa Casa, no Bairro Cidade Praiana, Rio das Ostras, RJ.</t>
   </si>
   <si>
     <t>7301</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7301/indicacao_256-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7301/indicacao_256-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a construção de um CLUBE SOCIAL COMUNITÁRIO com piscina salão de festas e salão de jogos em Rocha Leão.</t>
   </si>
   <si>
     <t>7303</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7303/indicacao_257-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7303/indicacao_257-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a construção de um CAMPO DE FUTEBOL no bairro Cidade Praiana – Rio das Ostras.</t>
   </si>
   <si>
     <t>7673</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7673/indicacao_258-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7673/indicacao_258-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, o envio de máquinas para efetuar terraplenagem e remoção de vegetação rasteira que cobre o leito trafegável da_x000D_
 Estrada do Mirante e da rua São Pedro, no Loteamento Jardim Nosso Sossego.</t>
   </si>
   <si>
     <t>7674</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7674/indicacao_259-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7674/indicacao_259-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a construção das Coberturas das Paradas de Ônibus na localidade de Rocha Leão.</t>
   </si>
   <si>
     <t>7679</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7679/indicacao_260-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7679/indicacao_260-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a conservação nas seguintes Estradas em Cantagalo. _x000D_
 • Conservação da Estrada Califórnia;_x000D_
 • Conservação da Estrada Nova Conquista (Rua de Adão);_x000D_
 • Conservação da Estrada Jundiaí.</t>
   </si>
   <si>
     <t>7680</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7680/indicacao_261-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7680/indicacao_261-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a máxima urgência na colocação de Placas de Sinalização na Rua José Chaves em Rocha Leão, em ambos os lados da estrada.</t>
   </si>
   <si>
     <t>7682</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7682/indicacao_262-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7682/indicacao_262-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a  necessidade de Construção da Praça no alto da Rua Araruama, de acordo com a planta original existente, no Loteamento Jardim Patrícia.</t>
   </si>
   <si>
     <t>7683</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7683/indicacao_263-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7683/indicacao_263-08.pdf</t>
   </si>
   <si>
     <t>INDICA aoExmo. Prefeito Municipal, a criação de projetos culturais para adolescentes e jovens nas comunidades de Rocha Leão, Cantagalo e Mar do Norte.</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/842/indicacao_264-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/842/indicacao_264-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, que autorize o passe escolar aos alunos da Rede Pública</t>
   </si>
   <si>
     <t>8038</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8038/indicacao_265-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8038/indicacao_265-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que sejam padronizadas as guaritas de serviço de Guarda Municipal de Rio das Ostras, respeitando-se:_x000D_
  Distância regular das vias públicas;_x000D_
  Instalação de piquetes de proteção;_x000D_
  Espaço ampliado para condições de higiene e conforto.</t>
   </si>
   <si>
     <t>8039</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8039/indicacao_266-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8039/indicacao_266-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, através da Secretaria Municipal de Educação, seja feita uma pesquisa junto aos alunos das escolas da rede pública do Município, sobre os agraciados com nomes de logradouros do nosso Município.</t>
   </si>
   <si>
     <t>7685</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7685/indicacao_268-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7685/indicacao_268-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que seja construído acostamento no local da confluência da Estrada Serramar com a Estrada Velha Rio Dourado.</t>
   </si>
   <si>
     <t>7688</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7688/indicacao_269-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7688/indicacao_269-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que seja construído um Posto de Saúde no Jardim Bela Vista – Rio das Ostras.</t>
   </si>
   <si>
     <t>7690</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7690/indicacao_270-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7690/indicacao_270-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, que seja construído quebra-molas na Rua  Domingos Farias - do Pargos Clube até a Escola Maria da Penha.</t>
   </si>
   <si>
     <t>7693</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7693/indicacao_271-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7693/indicacao_271-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que seja disponibilizado para o Centro de Reabilitação de Rocha Leão, um veículo apropriado para o transporte de pacientes portadores de deficiência física e mental, que necessita locomover-se em cadeira de roda.</t>
   </si>
   <si>
     <t>7695</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7695/indicacao_272-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7695/indicacao_272-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, a seguinte providência: _x000D_
 • Trocar os tachões colocados no asfalto por quebramolas, a Rua dos Lírios e condomínio Cláudio Ribeiro, no Âncora.</t>
   </si>
   <si>
     <t>7696</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7696/indicacao_273-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7696/indicacao_273-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, que seja desapropriada uma área em Rocha Leão para instalação da Sede da Associação de Moradores.</t>
   </si>
   <si>
     <t>7698</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7698/indicacao_274-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7698/indicacao_274-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que seja construído um ponto de ônibus na altura do Km 5, junto a entrada do Loteamento Green Village, nos dois sentidos.</t>
   </si>
   <si>
     <t>7700</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7700/indicacao_275-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7700/indicacao_275-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que seja revista a iluminação da Rua Recife no Jardim Bela Vista em Rio das Ostras.</t>
   </si>
   <si>
     <t>7570</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7570/indicacao_276-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7570/indicacao_276-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, que sejam solicitados braços de luz no trecho compreendido entre Cantagalo (Praça Valdemar Barcelos) e Trindade.</t>
   </si>
   <si>
     <t>7572</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, que seja solicitada a ampliação no atendimento da Guarda Municipal de forma extensiva, como também, a_x000D_
 poda de árvores e melhoramento da iluminação da Rua Laranjeiras-Centro.</t>
   </si>
   <si>
     <t>8106</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8106/indicacao_278-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8106/indicacao_278-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, que seja colocado ônibus do tipo jardineira, fazendo um Tour pela Orla e pontos Turísticos da cidade, como por exemplo: Parque dos Pássaros, Praça da Baleia, Lagoa de Iriri, etc..., com saídas regulares em 4 horários diários, e outro para a região rural do município, com saídas regulares em 2 horários diários, sendo ambos executados pelo município ou através de concessão a uma empresa de iniciativa privada. um Uniforme de Verão para a Guarda Municipal.</t>
   </si>
   <si>
     <t>8107</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8107/indicacao_279-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8107/indicacao_279-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, que seja executada obras de redes de águas pluviais, esgoto, água potável, meio fio e pavimentação com paralelepípedo das Ruas Lima Passos(do lado esquerdo), Jurema de Oliveira Dias e Travessa da Rua Manoel, situadas no Loteamento Antônio Apicelo, no bairro Nova Cidade.</t>
   </si>
   <si>
     <t>8108</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8108/indicacao_280-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8108/indicacao_280-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, que seja construído um Colégio de Ensino Fundamental no Bairro Recanto de Rio das Ostras.</t>
   </si>
   <si>
     <t>8109</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8109/indicacao_281-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8109/indicacao_281-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, a colocação de 2 (duas) lombadas, no lado direito e esquerdo da Rua Jose de Alencar, cruzamento com Abel Siqueira no Bairro Recanto.</t>
   </si>
   <si>
     <t>7304</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7304/indicacao_282-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7304/indicacao_282-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a criação no bairro Jardim Bela Vista de uma ESTAÇÃO ECOLÓGICA da APA do IRIRY (Lagoa) para Pesquisa e_x000D_
 Estudos.</t>
   </si>
   <si>
     <t>7306</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7306/indicacao_283-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7306/indicacao_283-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a construção de um CAMPO SOCIETY com grama sintética na Praça Jaime Rodrigues, no bairro Jardim Mariléia.</t>
   </si>
   <si>
     <t>7307</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7307/indicacao_284-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7307/indicacao_284-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a construção de uma PRAÇA e QUADRA POLIESPORTIVA em Costa Azul.</t>
   </si>
   <si>
     <t>7308</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7308/indicacao_285-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7308/indicacao_285-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que seja feita a colocação de LOMBADAS, na Avenida Bandeirantes até a entrada da Lagoa do Iriry no bairro Costa Azul.</t>
   </si>
   <si>
     <t>7310</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7310/indicacao_286-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7310/indicacao_286-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, abertura de “RUAS”, ligando o Loteamento Balneário das Garças ao Mar do Norte.</t>
   </si>
   <si>
     <t>7311</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7311/indicacao_287-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7311/indicacao_287-08.pdf</t>
   </si>
   <si>
     <t>INDICA aoExmo. Prefeito Municipal a troca das manilhas da rua E e becos do bairro Nova Esperança por manilhas mais largas.</t>
   </si>
   <si>
     <t>7313</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7313/indicacao_288-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7313/indicacao_288-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a instalação de L O MB A DA S na Estrada Velha de Rio Dourado – Palmital.</t>
   </si>
   <si>
     <t>7314</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7314/indicacao_289-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7314/indicacao_289-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a construção de ciclovia, a urbanização e a colocação de brinquedos no canteiro da Avenida das Dalias, Âncora, Rio das Ostras, RJ.</t>
   </si>
   <si>
     <t>7316</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7316/indicacao_290-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7316/indicacao_290-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a inclusão de obras de saneamento básico, pavimentação e revisão do sistema elétrico na rua Efigênio José da_x000D_
 Silva, no bairro Recanto do Bosque (Cantinho Verde 1).</t>
   </si>
   <si>
     <t>7318</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7318/indicacao_291-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7318/indicacao_291-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, pavimentação com; manilhamento, drenagem pluvial e meio-fio na Rua Isaias Moreira de Oliveira – Jardim Campomar.</t>
   </si>
   <si>
     <t>7320</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7320/indicacao_292-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7320/indicacao_292-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal a drenagem, pavimentação, rede de águas pluviais, na Rua Prefeito Jardim, Bairro Cidade Beira-Mar, Rio das Ostras, R.J.</t>
   </si>
   <si>
     <t>7321</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7321/indicacao_293-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7321/indicacao_293-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a pavimentação da rua Marfim, no bairro Ouro Verde-RO.</t>
   </si>
   <si>
     <t>7701</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7701/indicacao_294-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7701/indicacao_294-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que seja efetuado a revisão de toda iluminação pública do Extensão do Serra-Mar.</t>
   </si>
   <si>
     <t>7705</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7705/indicacao_295-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7705/indicacao_295-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a seguinte providência:_x000D_
 • Criação de um Pré-vestibular Gratuito Municipal em Rocha Leão.</t>
   </si>
   <si>
     <t>7707</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7707/indicacao_296-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7707/indicacao_296-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que seja construído um Posto de Saúde no Praia Âncora.</t>
   </si>
   <si>
     <t>7714</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7714/indicacao_297-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7714/indicacao_297-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a ampliação da distribuição de remédios populares e implantação de farmácia com remédios fitoterápicos.</t>
   </si>
   <si>
     <t>7715</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7715/indicacao_298-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7715/indicacao_298-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que seja efetuado o saneamento básico e pavimentação da Rua das Rosas no Loteamento Praia Âncora.</t>
   </si>
   <si>
     <t>7716</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7716/indicacao_299-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7716/indicacao_299-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que seja efetuada a reforma da estrada Cantagalo/Rocha Leão via Fazendinha.</t>
   </si>
   <si>
     <t>7717</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7717/indicacao_300-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7717/indicacao_300-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que seja feita a pavimentação e urbanização da Rua Projetada na BR 101 KM 182, Rocha Leão – Rio das Ostras.</t>
   </si>
   <si>
     <t>7718</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7718/indicacao_301-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7718/indicacao_301-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a necessidade de iluminação interna nos abrigos de passageiros de ônibus ou colocação de luz de parada aos coletivos, quando destes precisarmos, à entrada do Jardim Patrícia e no abrigo em frente ao posto BR (KM4).</t>
   </si>
   <si>
     <t>7719</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7719/indicacao_302-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7719/indicacao_302-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a construção com urgência de uma GUARITA com banco, no Ponto de Ônibus no Palmeiras, localizado na Estrada Serra Mar – Vila Verde em Rio das Ostras.</t>
   </si>
   <si>
     <t>7720</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7720/indicacao_303-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7720/indicacao_303-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, para que os projetos de urbanismo sejam expostos na localidade de Rio das Ostras.</t>
   </si>
   <si>
     <t>7721</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7721/indicacao_304-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7721/indicacao_304-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que seja colocada grade de proteção lateral para pedestre em parte da Avenida Amaral Peixoto.</t>
   </si>
   <si>
     <t>7722</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7722/indicacao_305-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7722/indicacao_305-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a seguinte providência: _x000D_
 • Uma vez por ano seja realizado o teste de diabetes em todas as crianças da rede Municipal de Ensino em nosso Município.</t>
   </si>
   <si>
     <t>7573</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, que seja colocada à disposição da população de Rio das Ostras, uma equipe de Agentes Comunitários para que atenda as comunidades, no Cadastramento do Cartão do SUS (Sistema Único de Saúde) em suas residências .</t>
   </si>
   <si>
     <t>8040</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8040/indicacao_307-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8040/indicacao_307-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, que providencie junto à Secretaria Municipal de Obras, no sentido de construir dois abrigos para passageiros, nos pontos de ônibus localizados na Rodovia Amaral Peixoto, Extensão do Bosque, em frente ao Centro de Saúde.</t>
   </si>
   <si>
     <t>8041</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8041/indicacao_308-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8041/indicacao_308-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que através da Secretaria Municipal de Educação, que elabore e implante um projeto que proporcione ao aluno da rede de ensino, conhecer o Município de Rio das Ostras e suas potencialidades turísticas, e que seja disponibilizado ônibus exclusivo para transporte dos alunos.</t>
   </si>
   <si>
     <t>8042</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8042/indicacao_309-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8042/indicacao_309-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, no sentido da inclusão do protetor solar como item de segurança dos servidores públicos que_x000D_
 realizam suas atividades expostos a raios ultravioleta, como agentes comunitários de saúde, guardas municipais e de transportes, agentes_x000D_
 de programas específicos de prevenção, professores de educação física, trabalhadores braçais que atuam na capina e limpeza da cidade, deverão usar filtro solar.</t>
   </si>
   <si>
     <t>8043</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8043/indicacao_310-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8043/indicacao_310-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que seja feito reforma e ampliação do Posto de Saúde de Cantagalo, com a construção de três consultórios médicos para atender especialidades, uma sala ginecológica e uma varanda para proteger as pessoas que aguardam o atendimento, da chuva e do sol.</t>
   </si>
   <si>
     <t>8044</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8044/indicacao_311-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8044/indicacao_311-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a redução de 50% (por cento), nos ingressos de eventos culturais promovidos ou apoiados pela Prefeitura, aos idosos com mais de 60 anos.</t>
   </si>
   <si>
     <t>8045</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8045/indicacao_312-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8045/indicacao_312-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, através do órgão competente, a colocação de redutor de velocidade (lombada), em frente ao Posto de Saúde de Cantagalo.</t>
   </si>
   <si>
     <t>8046</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8046/indicacao_313-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8046/indicacao_313-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que através da Secretaria Municipal de Guarda e Trânsito, intensifique a fiscalização do tráfego de bicicletas nas calçadas da Rodovia Amaral Peixoto.</t>
   </si>
   <si>
     <t>8047</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8047/indicacao_314-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8047/indicacao_314-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, que viabilize junto à Secretaria Municipal de Meio Ambiente, Agricultura e Pesca e Secretaria Municipal de Educação a implantação do Curso Técnico Agrícola Profissionalizante, na Escola Municipal Professora Marinete Coelho de Souza na localidade de Cantagalo, objetivando a criação de uma alternativa vocacional de trabalho e renda para assentamento do homem no campo.</t>
   </si>
   <si>
     <t>8048</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8048/indicacao_315-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8048/indicacao_315-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, que viabilize junto aos órgãos competentes, a limpeza da área anexa a Ponte de Madeira de pedestres e a poda da vegetação nativa do local, no bairro Boca da Barra.</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/843/indicacao_316-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/843/indicacao_316-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, que seja construído um banheiro para deficientes físicos na Capela Mortuária de Rio das Ostras.</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/844/indicacao_317-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/844/indicacao_317-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a construção de uma PRAÇA com QUADRA POLIESPORTIVA e brinquedos infantis na Rua Goiás, esquina com a Rua Maranhão, no bairro Cidade Praiana.</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/845/indicacao_318-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/845/indicacao_318-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que seja feita a desapropriação de uma área no bairro PEROBA para a construção de uma CRECHE no Loteamento Dona Santa.</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/846/indicacao_319-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/846/indicacao_319-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que o antigo prédio onde funcionou o Colégio Estadual DOM BOSCO localizado no bairro Operário, tenha seu efetivo funcionamento como CRECHE MUNICIPAL.</t>
   </si>
   <si>
     <t>7723</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7723/indicacao_320-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7723/indicacao_320-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a seguinte providência: _x000D_
 1. Criar e implantar o PROGRAMA DE ASSISTÊNCIA DOMICILIAR - PAD, para recuperação de usuários do sistema público de saúde do nosso Município, submetidos a cirurgias e a outros tratamentos hospitalares.</t>
   </si>
   <si>
     <t>7724</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7724/indicacao_321-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7724/indicacao_321-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a necessidade em ser construído uma Residência Terapêutica em Rio das Ostras.</t>
   </si>
   <si>
     <t>7725</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7725/indicacao_322-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7725/indicacao_322-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, que seja construído um Centro Odontológico no Município.</t>
   </si>
   <si>
     <t>7726</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7726/indicacao_323-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7726/indicacao_323-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a melhoria em paralelepípedo da Rua Joaquim de Azevedo – Beco n°866 em Nova Esperança no Município de Rio das Ostras.</t>
   </si>
   <si>
     <t>7727</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7727/indicacao_324-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7727/indicacao_324-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, a melhoria em paralelepípedo na Travessa da Rua dos Trevos – no Âncora, Rio das Ostras.</t>
   </si>
   <si>
     <t>8049</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8049/indicacao_326-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8049/indicacao_326-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que junto aos órgãos competentes, providencie a limpeza do Rio Jundiá que corta a localidade de Cantagalo, bem como orientação aos moradores das margens do rio.</t>
   </si>
   <si>
     <t>7322</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7322/indicacao_327-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7322/indicacao_327-08.pdf</t>
   </si>
   <si>
     <t>INDICAM ao Exmo. Prefeito Municipal, a execução da obra de cobertura das arquibancadas, do Estádio Julieta Carvalho Viana, S/nº, Bairro Operário, Rio das Ostras/RJ.</t>
   </si>
   <si>
     <t>7323</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7323/indicacao_328-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7323/indicacao_328-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a execução da obra de cobertura da Arquibancada, do Estádio Emília Rosa Guimarães, no Bairro Jardim Mariléa, Rio das Ostras, RJ.</t>
   </si>
   <si>
     <t>7324</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7324/indicacao_329-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7324/indicacao_329-08.pdf</t>
   </si>
   <si>
     <t>INDICAM ao Exmo. Prefeito Municipal, a manutenção, calçamento e limpeza interna e externa dos próprios municipais (estádios).</t>
   </si>
   <si>
     <t>7325</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7325/indicacao_330-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7325/indicacao_330-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, monitoramento com câmeras nas rodovias, orlas, centro, prédios públicos (principalmente nas escolas), com uma central de monitoramento na Guarda Municipal.</t>
   </si>
   <si>
     <t>7326</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7326/indicacao_331-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7326/indicacao_331-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, para que tome as medidas de interesse público necessárias, no sentido de que seja implantada uma Praça no Bairro Cidade Beira Mar, na Cidade de Rio das Ostras, RJ.</t>
   </si>
   <si>
     <t>7327</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7327/indicacao_332-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7327/indicacao_332-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que sejam construídas lombadas na Avenida José Davi, do Bairro Cidade Beira Mar, Rio das Ostras, RJ.</t>
   </si>
   <si>
     <t>7328</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7328/indicacao_333-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7328/indicacao_333-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a colocação de postes e braços de iluminação pública na rua Topázio, Bairro Ouro Verde, Rio das Ostras, R.J.</t>
   </si>
   <si>
     <t>7329</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7329/indicacao_334-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7329/indicacao_334-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a colocação de braços de iluminação pública na Avenida Flor do Campo entre os nº. 57 a 59, Bairro Âncora, Rio das Ostras, R.J.</t>
   </si>
   <si>
     <t>7330</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7330/indicacao_335-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7330/indicacao_335-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal,a necessidade da padronização das calçadas na seguinte Avenida do bairro Costa Azul: _x000D_
 . Avenida Almirante Heleno Nunes.</t>
   </si>
   <si>
     <t>7331</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7331/indicacao_336-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7331/indicacao_336-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a instalação de um sistema de iluminação no mesmo padrão utilizado na Rodovia Amaral Peixoto, para a Avenida do Contorno Eng° Luiz Gonzaga Quirino Tannus.</t>
   </si>
   <si>
     <t>7332</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7332/indicacao_337-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7332/indicacao_337-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a CONSTRUÇÃO DE GUARITAS PARA PROTEÇÃO E ESPERA DOS USUÁRIOS DE TRANSPORTES COLETIVOS, nos dois_x000D_
 sentidos da Rodovia Amaral Peixoto, em frente ao complexo Administrativo da Câmara Municipal de Rio das Ostras.</t>
   </si>
   <si>
     <t>7333</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7333/indicacao_338-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7333/indicacao_338-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, pavimentação com manilhamento, drenagem pluvial e meio-fio na Rua João Batista Mendes Cordeiro Jardim Campomar.</t>
   </si>
   <si>
     <t>7334</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7334/indicacao_339-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7334/indicacao_339-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, sejam construídas lombadas e criada uma abertura para retorno na Avenida das Dálias, Âncora, Rio das Ostras, RJ.</t>
   </si>
   <si>
     <t>7335</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7335/indicacao_340-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7335/indicacao_340-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal a desapropriação de uma área na Rodovia do Contorno para a construção de um PARQUE DE EXPOSIÇÕES MUNICIPAL.</t>
   </si>
   <si>
     <t>8110</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8110/indicacao_341-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8110/indicacao_341-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, que sejam colocadas calçadas de concreto em todas as travessas da Rua Palmira de Souza, Antiga Rua 16 no Bairro Nova Aliança.</t>
   </si>
   <si>
     <t>8111</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8111/indicacao_342-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8111/indicacao_342-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, substituição de todas as redes de águas pluviais, rede de abastecimento de água potável e execução de rede de_x000D_
 esgotamento sanitário, bem como substituição da pavimentação existente por bloquetes inter-travados, e colocação de lombadas redutoras de velocidade em todas as ruas do Bairro Nova Aliança.</t>
   </si>
   <si>
     <t>8112</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8112/indicacao_343-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8112/indicacao_343-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, instalação de um posto móvel da GUARDA MUNICIPAL em conjunto com uma maior atuação da PMERJ (polícia Militar do Estado do Rio de Janeiro) no bairro Palmital, próximo a Escola Municipal Maria da Penha.</t>
   </si>
   <si>
     <t>8113</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8113/indicacao_344-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8113/indicacao_344-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, que seja providenciado com urgência a colocação de rede de águas pluviais, água potável, rede de coleta de esgoto, meio fio e pavimentação das ruas projetadas A e B, no bairro Mar do Norte.</t>
   </si>
   <si>
     <t>8114</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8114/indicacao_345-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8114/indicacao_345-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, que seja colocada LOMBADA na Rua da Assembléia, 10 metros após a Igreja Assembléia de Deus – Ministério a Glória, da 2ª casa nº 70 no bairro São Cristóvão.</t>
   </si>
   <si>
     <t>8115</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8115/indicacao_346-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8115/indicacao_346-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, que seja feita drenagem pluvial, rede de distribuição de água e de esgoto, pavimentação asfáltica na Rua Rio Branco que liga o Bairro Extensão do Bosque ao Bairro Recanto de Rio das Ostras.</t>
   </si>
   <si>
     <t>8116</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8116/indicacao_347-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8116/indicacao_347-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que seja construído um Campo Society, com vestiários, salas administrativas, salão de festas e eventos e. guarita,_x000D_
 na Rua Pastor Ismael Nogueira, no bairro Recanto de Rio das Ostras.</t>
   </si>
   <si>
     <t>8050</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8050/indicacao_348-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8050/indicacao_348-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, no sentido de adaptação da Biblioteca Municipal ao atendimento dos estudantes universitários, através de:_x000D_
 1- Aquisição gradual de livros acadêmicos, de conteúdo variado referentes a cursos acadêmicos diversos, para fins de constituição de acervo universitário._x000D_
 2- Disponibilidade de máquina copiadora, para reprodução gratuita de textos acadêmicos pelos estudantes.</t>
   </si>
   <si>
     <t>7547</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7547/indicacao_351-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7547/indicacao_351-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que seja feita a reforma e ampliação do Posto de Saúde no bairro Mar do Norte.</t>
   </si>
   <si>
     <t>7549</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7549/indicacao_352-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7549/indicacao_352-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que seja feita a reforma e cobertura da quadra poliesportiva do bairro Mar do Norte.</t>
   </si>
   <si>
     <t>8051</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8051/indicacao_354-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8051/indicacao_354-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que providencie junto ao órgão competente, a construção de uma área de lazer, no Palmital.</t>
   </si>
   <si>
     <t>8052</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8052/indicacao_355-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8052/indicacao_355-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que venha dotar as escolas da Rede Municipal de Assistentes Sociais e Psicológicos, com o objetivo de melhorar o apoio aos jovens, principalmente os que são vítimas de exclusão social e violência.</t>
   </si>
   <si>
     <t>8053</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8053/indicacao_356-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8053/indicacao_356-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, , que destine 10%(dez por cento) das vagas dos programas sociais no Município, que visam atender crianças e /ou adolescentes, para o Conselho Tutelar, objetivando o encaminhamento de adolescentes atendidos pelo órgão.</t>
   </si>
   <si>
     <t>8054</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8054/indicacao_357-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8054/indicacao_357-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que sejam feitos exames oftalmológicos, otorrinofaringológico e parasitários nos alunos da rede municipal de ensino.</t>
   </si>
   <si>
     <t>8055</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8055/indicacao_358-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8055/indicacao_358-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que seja estudada a possibilidade de se implantar uma Unidade Municipal Avançada, o Programa Farmácia_x000D_
 Popular na Comunidade do Loteamento Residencial Praia Âncora.</t>
   </si>
   <si>
     <t>8056</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8056/indicacao_359-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8056/indicacao_359-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, através da Secretaria Municipal de Comunicação, o Projeto de Fotografia “Cenas de Rio das Ostras Sob o Olhar da Juventude”</t>
   </si>
   <si>
     <t>8057</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8057/indicacao_360-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8057/indicacao_360-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a criação de Coral nas Escolas Municipais.</t>
   </si>
   <si>
     <t>8058</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8058/indicacao_361-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8058/indicacao_361-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, , a instalação de lixeiras nas Unidades de Ensino da Rede Municipal, para coleta de pilhas e baterias nos bairros_x000D_
 do Município.</t>
   </si>
   <si>
     <t>8059</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8059/indicacao_362-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8059/indicacao_362-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que viabilize junto a Secretaria de Bem Estar Social a criação do Centro de Referência do Idoso.</t>
   </si>
   <si>
     <t>8060</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8060/indicacao_363-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8060/indicacao_363-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal no sentido da construção de um Restaurante - Escola para profissionalização de adolescentes e atendimento dos servidores municipais.</t>
   </si>
   <si>
     <t>8061</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8061/indicacao_364-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8061/indicacao_364-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, a criação de uma Unidade Municipal de Tratamento e Assistência à pessoa Obesa</t>
   </si>
   <si>
     <t>8062</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8062/indicacao_365-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8062/indicacao_365-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, a implantação do Programa de Saúde da Família (PSF), na comunidade do bairro Liberdade.</t>
   </si>
   <si>
     <t>8063</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8063/indicacao_366-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8063/indicacao_366-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, junto ao órgão competente da Administração, a manutenção do CIEP 349 - Municipalizado.</t>
   </si>
   <si>
     <t>8117</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8117/indicacao_367-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8117/indicacao_367-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a desapropriação de uma área para a construção de uma quadra de esporte, uma praça com Play Graund e quiosque no Bairro Recanto.</t>
   </si>
   <si>
     <t>8118</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8118/indicacao_368-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8118/indicacao_368-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, que seja instalada iluminação nos viadutos localizados na estrada RJ 162, próximo ao Bairro Recanto em Rio das_x000D_
 ostras.</t>
   </si>
   <si>
     <t>8119</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8119/indicacao_369-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8119/indicacao_369-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, a transformação do Posto Médico em Centro de Saúde com atendimento 24 horas no bairro Recanto de Rio das_x000D_
 Ostras.</t>
   </si>
   <si>
     <t>8120</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8120/indicacao_370-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8120/indicacao_370-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, que seja realizada a instalação de rede elétrica de baixa tensão na Travessa Inácio Almeida, localizada no bairro Recanto. (Antiga Travessa Projetada entre a Rua Rio Branco e Tom Jobim).</t>
   </si>
   <si>
     <t>7336</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7336/indicacao_371-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7336/indicacao_371-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal,para que seja feito com a máxima urgência um trevo no Mar do Norte, próximo as Empresas que ali estão se instalando.</t>
   </si>
   <si>
     <t>7337</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7337/indicacao_372-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7337/indicacao_372-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a construção de um T R E V O em frente ao horto municipal.</t>
   </si>
   <si>
     <t>7338</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7338/indicacao_373-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7338/indicacao_373-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal o nivelamento e colocação de solo/brita na Rua Quaresma, Âncora, Rio das Ostras, RJ.</t>
   </si>
   <si>
     <t>7339</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7339/indicacao_374-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7339/indicacao_374-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal a urbanização, troca de toda a pavimentação, braços de luz com lâmpadas de melhor qualidade, sistema de esgoto e rede de águas pluviais, enfim, a Reforma do Bairro Liberdade, Rio das Ostras, R.J.</t>
   </si>
   <si>
     <t>7728</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7728/indicacao_375-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7728/indicacao_375-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a necessidade da Instalação de Redutor de Velocidade (pardal), entre a entrada do Jardim Patrícia e o Posto BR.</t>
   </si>
   <si>
     <t>7729</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7729/indicacao_376-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7729/indicacao_376-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que seja efetuado a colocação de Redutores de Velocidade ao longo da Rua Niterói no Jardim Mariléia.</t>
   </si>
   <si>
     <t>7730</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7730/indicacao_377-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7730/indicacao_377-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a construção de um Campo de Futebol Society Sintético, em Rocha Leão.</t>
   </si>
   <si>
     <t>7731</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7731/indicacao_378-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7731/indicacao_378-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que seja providenciado um Destacamento de Policiamento Ostensivo – DPO, para Cantagalo.</t>
   </si>
   <si>
     <t>7340</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7340/indicacao_379-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7340/indicacao_379-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, sejam construídas lombadas na Rua Jornalista Jaime Barreiro, Recanto, Rio das Ostras, RJ.</t>
   </si>
   <si>
     <t>7341</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7341/indicacao_380-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7341/indicacao_380-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a colocação de L O M B A D A S, na Rua Bom Jardim no bairro Jardim Mariléia.</t>
   </si>
   <si>
     <t>7342</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7342/indicacao_381-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7342/indicacao_381-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, que sejam construídas lombadas em todos os cruzamentos das ruas pavimentadas do Bairro Jardim Mariléa, Rio das Ostras, RJ.</t>
   </si>
   <si>
     <t>7343</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7343/indicacao_382-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7343/indicacao_382-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que seja efetuada a construção de um abrigo para passageiros com banheiros e quiosque, no canteiro da Avenida situada depois do Cemitério, onde se localiza o ponto final da Cooperenseada no bairro Âncora para atender o transporte alternativo.</t>
   </si>
   <si>
     <t>7344</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7344/indicacao_383-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7344/indicacao_383-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, a Execução de Rede de Águas Pluviais na Avenida “A”, no trecho compreendido entre a Rua Santa Ana e a Rua Ouro Verde, BAIRRO, Rio das Ostras, R.J.</t>
   </si>
   <si>
     <t>7345</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7345/indicacao_384-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7345/indicacao_384-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a construção de uma C R E C H E no bairro Praia Âncora.</t>
   </si>
   <si>
     <t>7346</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7346/indicacao_385-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7346/indicacao_385-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a construção de um Posto de Saúde no bairro Palmital em Rio das Ostras.</t>
   </si>
   <si>
     <t>7732</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7732/indicacao_386-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7732/indicacao_386-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que seja feita a colocação de REDUTORES DE VELOCIDADE na Rua Izolino Almeida (após a linha férrea) na localidade de Rocha Leão.</t>
   </si>
   <si>
     <t>7733</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7733/indicacao_387-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7733/indicacao_387-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a necessidade de encaminhar crianças, adolescentes e adultos do nosso Município, com deficiência auditiva para o Centro de Pesquisas Audiológicas (CPA) do Hospital de Pesquisa e Reabilitação de Lesões Lábio Palatais (HPRLLP) da Universidade de São Paulo –  Campus Bauru, no Município de Bauru – São Paulo, para serem submetidos a exames para constatação de deficiência auditiva neurossensorial bilateral profunda (surdez profunda) e a viabilidade de implantes coclear.</t>
   </si>
   <si>
     <t>7734</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7734/indicacao_388-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7734/indicacao_388-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a criação de um Centro Pró-Memória de Rio das Ostras.</t>
   </si>
   <si>
     <t>7551</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7551/indicacao_389-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7551/indicacao_389-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que seja feito a Reforma geral e pintura das seguintes escolas:_x000D_
 • Escola Municipal Alberto Jorge - Terra Firme;_x000D_
 • Escola Cimar Machado - Âncora;_x000D_
 • Escola José Luiz de Lemos – Mariléa.</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/847/indicacao_390-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/847/indicacao_390-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que seja feito um estacionamento fechado atrás da Prefeitura Municipal.</t>
   </si>
   <si>
     <t>8121</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8121/indicacao_391-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8121/indicacao_391-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que seja desobstruído toda a rede de águas pluviais e ralos de todas as ruas do bairro Nova Aliança .</t>
   </si>
   <si>
     <t>8122</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8122/indicacao_392-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8122/indicacao_392-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, que seja efetuada a desapropriação de duas áreas no Bairro Recanto uma totalizando uma área de 5.000 m² com_x000D_
 frente de 50,00m para a Rua Vinícius de Moraes e 100,00m de profundidade com divisas laterais com quem de direito, e a outra totalizando uma área de 2.400 m² com frente de 20,00m para a Rua Vinícius de Moraes e 120,00m de profundidade com divisas laterais com quem de direito. (conforme Anexo 1 – Levantamento Topográfico), para que seja construída futuramente uma Escola de Ensino Fundamental e uma Praça com quadra poli esportiva.</t>
   </si>
   <si>
     <t>8123</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8123/indicacao_393-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8123/indicacao_393-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, que seja feita rede de águas pluviais, Meio-Fio, rede de água e esgoto e pavimentação com paralelepípedo nas_x000D_
 ruas 15, 20, 22, 23, 24, 43 e 44 no Loteamento Extensão Serramar.</t>
   </si>
   <si>
     <t>8124</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8124/indicacao_394-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8124/indicacao_394-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, que seja construído na área que se encontra desocupada atrás do  Centro de Cidadania, um campo de futebol de areia Society, com alambrado de proteção ao redor e tela de nylon em toda a sua área superior, vestiários, playground, e praça urbanizada.</t>
   </si>
   <si>
     <t>8125</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8125/indicacao_395-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8125/indicacao_395-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, que seja criado o Conselho Municipal de Segurança Pública.</t>
   </si>
   <si>
     <t>7576</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7576/indicacao_396-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7576/indicacao_396-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, que seja providenciado a iluminação com seis postes e doze refletores para o Campo de Futebol de Califórnia em Cantagalo.</t>
   </si>
   <si>
     <t>8126</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8126/indicacao_397-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8126/indicacao_397-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, criar na Secretaria de Guarda e Trânsito, unidades móveis de controle de limite de velocidade equipadas com equipamentos eletrônicos, para que se possa controlar o limite de 40 km dentro do perímetro urbano, nos locais onde não existem instalados lombadas_x000D_
 eletrônicas do DER ao longo da Rod. Amaral Peixoto.</t>
   </si>
   <si>
     <t>8127</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8127/indicacao_398-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8127/indicacao_398-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, que seja executada a desobstrução das caixas ralos e caixa de passagens das ruas do Loteamento Antônio Apicelo, no Bairro Nova Cidade</t>
   </si>
   <si>
     <t>8128</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8128/indicacao_399-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8128/indicacao_399-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, que seja executada obra de abertura da Rua Projetada em frente a Rua Alice Marinho no Bairro Peroba.</t>
   </si>
   <si>
     <t>8129</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8129/indicacao_400-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8129/indicacao_400-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, que seja executada obras de redes de águas pluviais, esgoto, água potável, meio fio e pavimentação com paralelepípedo das Ruas 20, 22, 23, 24 do Loteamento Extensão Serramar.</t>
   </si>
   <si>
     <t>7347</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7347/indicacao_401-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7347/indicacao_401-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a criação de uma Escolinha de Remo para Lagoa do Iriry – RO.</t>
   </si>
   <si>
     <t>7348</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7348/indicacao_402-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7348/indicacao_402-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal a criação da semana de festas juninas de Rio das Ostras.</t>
   </si>
   <si>
     <t>7349</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7349/indicacao_403-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7349/indicacao_403-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a construção de uma CRECHE no bairro Operário – RO.</t>
   </si>
   <si>
     <t>7350</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7350/indicacao_404-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7350/indicacao_404-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a implantação de unidade do Projeto Nossa Casa no Bairro Âncora, Rio das Ostras, RJ.</t>
   </si>
   <si>
     <t>7352</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7352/indicacao_405-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7352/indicacao_405-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal a Construção de um Coreto na rotunda em frente a Escola Municipal Cimar Machado, no Bairro Âncora, Rio das  Ostras, RJ</t>
   </si>
   <si>
     <t>7353</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7353/indicacao_406-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7353/indicacao_406-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a construção de um Estádio Municipal com estacionamento e capacidade para 10 ou 20 mil pessoas, se possível_x000D_
 na Rodovia do Contorno.</t>
   </si>
   <si>
     <t>7355</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7355/indicacao_407-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7355/indicacao_407-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a construção de um CAMPO DE FUTEBOL SOCIETY com grama sintética em Costa Azul.</t>
   </si>
   <si>
     <t>7356</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7356/indicacao_408-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7356/indicacao_408-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a construção de um Campo de Futebol no bairro Âncora – Rio das Ostras.</t>
   </si>
   <si>
     <t>7357</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7357/indicacao_409-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7357/indicacao_409-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a construção de uma ÁREA DE LAZER COBERTA, na Escola Ondina Pinto Marcondes, localizada no bairro Âncora.</t>
   </si>
   <si>
     <t>7359</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7359/indicacao_410-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7359/indicacao_410-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a edificação de Decks de madeira nas adjacências da Nova Ponte, localizada sobre o rio das ostras em Rio das Ostras, RJ.</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/848/indicacao_411-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/848/indicacao_411-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, providências para que sejam recolocados os três refletores de iluminação (roubados) da base de sustentação da ponte na lateral sentido Macaé, bem como a colocação de grades de proteção para proteger a iluminação deste lindo patrimônio público.</t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/849/indicacao_412-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/849/indicacao_412-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, providências no imediato funcionamento do sistema de iluminação e hidráulico no tanque da “BALEIA”, uma das maiores atrações turísticas do Município, que se encontra a vários meses sem funcionar.</t>
   </si>
   <si>
     <t>8064</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8064/indicacao_413-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8064/indicacao_413-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, no sentido da instalação de banheiro químico nas mediações da feirinha dos produtores rurais, instalada aos sábados no calçadão da Rua Verônica Martins, no Centro de Rio das Ostras.</t>
   </si>
   <si>
     <t>8065</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8065/indicacao_414-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8065/indicacao_414-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que através da Secretaria Municipal de Meio Ambiente Agricultura e Pesca, proceda à implantação de um Programa de Coleta Seletiva de lixo no Município de Rio das Ostras, com a finalidade de educação e prevenção ambiental, promovendo a reciclagem de resíduos.</t>
   </si>
   <si>
     <t>7577</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7577/indicacao_415-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7577/indicacao_415-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, que seja colocado um braço de luz com iluminação na rua Aroldo Ribeiro Elias próximo ao n° 706 no bairro Nova Aliança.</t>
   </si>
   <si>
     <t>7579</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7579/indicacao_416-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7579/indicacao_416-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, que sejam colocadas persianas nas janelas do Hospital Municipal de Rio das Ostras.</t>
   </si>
   <si>
     <t>7582</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7582/indicacao_417-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7582/indicacao_417-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, que sejam beneficiados com a Gratificação de Risco Permanente, os Fiscais de transporte concursados ou contratados do Município.</t>
   </si>
   <si>
     <t>8066</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8066/indicacao_418-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8066/indicacao_418-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, no sentido da realização de obras de padronização das calçadas do Município de Rio das Ostras.</t>
   </si>
   <si>
     <t>7584</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7584/indicacao_419-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7584/indicacao_419-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, a reforma do calçamento com reposição dos paralelos na Avenida Linda, localizada à Beira Rio, ao lado da Ponte do rio das ostras, no bairro Nova Esperança</t>
   </si>
   <si>
     <t>8067</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8067/indicacao_420-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8067/indicacao_420-08.pdf</t>
   </si>
   <si>
     <t>8068</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8068/indicacao_421-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8068/indicacao_421-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a construção de um Centro de Saúde no Palmital</t>
   </si>
   <si>
     <t>8069</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8069/indicacao_422-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8069/indicacao_422-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que seja estudada a possibilidade de se construir a Sede da farmácia Popular em Rio das Ostras.</t>
   </si>
   <si>
     <t>7735</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7735/indicacao_423-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7735/indicacao_423-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que determine a Secretaria de Serviço Público para que faça a semana serviços, em toda Rio das Ostras, com as seguintes ações: capina; colocação de barro; corte de árvores; melhoria de ruas com passagem de máquina patrol; limpeza de ruas; limpeza de bueiros; limpeza de fossa e limpeza de caixa.</t>
   </si>
   <si>
     <t>7737</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7737/indicacao_424-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7737/indicacao_424-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a construção de uma Quadra de Tênis de campo, em Rocha Leão.</t>
   </si>
   <si>
     <t>7738</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7738/indicacao_425-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7738/indicacao_425-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a adequação dos balcões de atendimento bancário do Município de Rio das Ostras, as pessoas com deficiência que utilizem cadeiras de roda, gestantes e aos idosos acima de 65 anos.</t>
   </si>
   <si>
     <t>7740</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7740/indicacao_426-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7740/indicacao_426-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a construção de uma piscina em Rocha Leão.</t>
   </si>
   <si>
     <t>7741</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7741/indicacao_427-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7741/indicacao_427-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a construção de uma Pista de Skate em Cantagalo.</t>
   </si>
   <si>
     <t>7743</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7743/indicacao_428-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7743/indicacao_428-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que seja instalado com urgência um posto da Guarda Municipal na localidade de Rocha Leão – Rio das Ostras.</t>
   </si>
   <si>
     <t>7745</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7745/indicacao_429-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7745/indicacao_429-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a criação de um Arquivo Municipal.</t>
   </si>
   <si>
     <t>7747</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7747/indicacao_430-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7747/indicacao_430-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a Criação de um CENTRO DE AUDIOLOGIA com o objetivo de AVALIAR, DIAGNOSTICAR e REABILITAR portadores de DEFICIÊNCIA AUDITIVA do Município. Assim como conceder Aparelhos de Ampliação Sonora Individual (AASI) e encaminhar quando necessário para IMPLANTE COCLEAR.</t>
   </si>
   <si>
     <t>7748</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7748/indicacao_431-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7748/indicacao_431-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, a Criação da Escola Municipal do Mar de Rio das Ostras.</t>
   </si>
   <si>
     <t>7360</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7360/indicacao_432-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7360/indicacao_432-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal a Construção de Pronto Socorro direcionado ao Atendimento Infantil na cidade de Rio das Ostras, RJ.</t>
   </si>
   <si>
     <t>7362</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7362/indicacao_433-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7362/indicacao_433-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal , a Informatização dos Postos de Saúde e Implantação do Disque Consulta, em todas as unidades da cidade de Rio das Ostras, RJ.</t>
   </si>
   <si>
     <t>7363</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7363/indicacao_434-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7363/indicacao_434-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal troca de toda a pavimentação, braços de luz com lâmpadas de melhor qualidade, sistema de esgoto e rede de águas pluviais, enfim, a Reforma do Bairro Nova Esperança, Rio das Ostras, R.J.</t>
   </si>
   <si>
     <t>7365</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7365/indicacao_435-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7365/indicacao_435-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, a necessidade de instalação de LOMBADAS, nas seguintes ruas do bairro Costa Azul;_x000D_
 • Rua Governador Roberto da Silveira;_x000D_
 • Avenida Almirante Heleno Nunes.</t>
   </si>
   <si>
     <t>8130</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8130/indicacao_436-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8130/indicacao_436-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal que seja construído acesso de veículos na Rodovia Amaral Peixoto (sentido Macaé/Rio das Ostras), para a Av. Nossa Senhora da Conceição em frente a Rua Menino Jesus de Praga no bairro Village.</t>
   </si>
   <si>
     <t>8131</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8131/indicacao_437-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8131/indicacao_437-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, que seja feita drenagem pluvial, colocação de rede de água potável, esgoto e pavimentação asfáltica na Rua Pernambuco no Bairro Beira Mar.</t>
   </si>
   <si>
     <t>8132</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8132/indicacao_438-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8132/indicacao_438-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, Instalação de Rede de Águas Pluviais, e Pavimentação Asfáltica nas Ruas Dinorah Mendonça e na São João_x000D_
 no bairro Jardim Miramar.</t>
   </si>
   <si>
     <t>8133</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8133/indicacao_439-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8133/indicacao_439-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, que seja construído um Pronto Socorro no Bairro Âncora.</t>
   </si>
   <si>
     <t>8134</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8134/indicacao_440-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8134/indicacao_440-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, substituição de todos os braços de luz dos postes do bairro Serramar e Extensão do Serramar.</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/850/indicacao_441-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/850/indicacao_441-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, diligenciar junto a Secretaria de Direito Econômico do Ministério da Justiça, para que a exemplo de outros Municípios e em parceria com a mesma venha criar o Sistema Municipal de Defesa do Consumidor – PROCON – Rio das Ostras – RJ.</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/851/indicacao_442-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/851/indicacao_442-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que providencie, com a máxima urgência, a construção de uma caixa de areia junto à saída da boca da manilha no LAGO ENCANTADO, na Zona Especial de Negócio (ZEN), retendo portanto, a areia, barro e detritos, bem como, estabelecer uma manutenção periódica do mesmo.</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/852/indicacao_443-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/852/indicacao_443-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que elabore um Projeto de Lei criando incorporação de gratificação de função ou cargo comissionado para os funcionários municipais, pelo período de 08 (oito) anos consecutivos ou intercalados.</t>
   </si>
   <si>
     <t>7553</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7553/indicacao_444-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7553/indicacao_444-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que seja concedido Abono Especial no valor de R$ 2.000,00 (dois mil reais), para os funcionários públicos efetivos, contratados e comissionados do Poder Executivo e que sejam estendido aos funcionários do Legislativo os mesmos benefícios desta indicação.</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/853/indicacao_445-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/853/indicacao_445-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que tome providências em relação ao imóvel que se encontra fechado, situado a Rua Piraí nº. 36, que devido às chuvas prolongadas encontra-se infestado de caramujos trazendo grandes transtornos para os moradores vizinhos, representando também um problema de saúde pública.</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/854/indicacao_446-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/854/indicacao_446-08.pdf</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Prefeito Municipal, que providencie placas de sinalização na Rodovia Amaral Peixoto, diminuindo assim o índice de acidentes de trânsitos aos pedestres, sinalização tais como:_x000D_
  Sinalizar “Acenda os Faróis ao Cruzar a Cidade”. Esta sinalização deve ser com placas e também colocada no asfalto da pista, ligando Cidade Praiana ao Loteamento Âncora e vice-versa;_x000D_
  Sinalizar “Escolas: Cuidado Crianças”. Sinalização colocada no asfalto da pista, a 100m dos supermercados e praças públicas, nos dois sentidos do trânsito;_x000D_
  Sinalizar “Cuidado com os Pedestres”. Sinalização com placas, no asfalto da pista, a 100m dos supermercados e praças públicas, nos dois sentidos do trânsito.</t>
   </si>
   <si>
     <t>11673</t>
   </si>
   <si>
     <t>MCAP</t>
   </si>
   <si>
     <t>Moção de Congratulações e Aplausos</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11673/mocao_01-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11673/mocao_01-08.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora, após cumprir as exigências regimentais vigentes, e ouvido o soberano plenário, que conste em Ata desta Augusta Casa de Leis, Moção de Congratulações e Aplausos a Senhora. Márcia C. Guimarães da S. Santos. (Chefe de Divisão do Centro de Imagem).</t>
   </si>
   <si>
     <t>11674</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11674/mocao_02-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11674/mocao_02-08.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora, após cumprir as exigências regimentais vigentes, e ouvido o soberano plenário, que conste em Ata desta Augusta Casa de Leis, Moção de Congratulações e Aplausos ao Senhor. Luiz Alberto Firmo (Supervisor Técnico de Raios–X e Tomografia Computadorizada).</t>
   </si>
   <si>
     <t>11675</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11675/mocao_03-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11675/mocao_03-08.pdf</t>
   </si>
   <si>
     <t>)A Mesa Diretora, após cumprir as exigências regimentais vigentes, e ouvido o soberano plenário, que conste em Ata desta Augusta Casa de Leis, Moção de Congratulações e Aplausos a Senhora. Regiane Moreira de Souza (Técnica de Enfermagem do Centro de Imagem).</t>
   </si>
   <si>
     <t>11676</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11676/mocao_04-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11676/mocao_04-08.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora, após cumprir as exigências regimentais vigentes, e ouvido o soberano plenário, que conste em Ata desta Augusta Casa de Leis, Moção de Congratulações e Aplausos a Senhora. Daniela de Carvalho Alves (Função Administrativa)</t>
   </si>
   <si>
     <t>11677</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11677/mocao_05-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11677/mocao_05-08.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora, após cumprir as exigências regimentais vigentes, e ouvido o soberano plenário, que conste em Ata desta Augusta Casa de Leis, Moção de Congratulações e Aplausos a Senhora. Patrícia Ferreira Gomes Blaudino (Função Administrativa).</t>
   </si>
   <si>
     <t>11678</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11678/mocao_06-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11678/mocao_06-08.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora, após cumprir as exigências regimentais vigentes, e ouvido o soberano plenário, que conste em Ata desta Augusta Casa de Leis, Moção de Congratulações e Aplausos a Senhora. Silvia Priscila Requena (Função Administrativa).</t>
   </si>
   <si>
     <t>11672</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11672/mocao_07-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11672/mocao_07-08.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora, após cumprir as exigências regimentais vigentes, e ouvido o soberano plenário, que conste em Ata desta Augusta Casa de Leis, Moção de Congratulações e Aplausos ao Sr. JOSÉ EDUARDO SILVA VIEIRA Editor do Jornal O Debate de Rio das Ostras.</t>
   </si>
   <si>
     <t>11679</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11679/mocao_08-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11679/mocao_08-08.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora, após cumprir as exigências regimentais vigentes, e ouvido o soberano plenário, que conste em Ata desta Augusta Casa de Leis, Moção de Congratulações e Aplausos ao Sr. JOSÉ FERNANDES FERREIRA MUNIZ</t>
   </si>
   <si>
     <t>11680</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11680/mocao_009-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11680/mocao_009-08.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora, após cumprir as exigências regimentais vigentes e ouvido o soberano plenário, que conste em ata desta Augusta Casa de Leis, Moção de Congratulações e aplausos a Senhora. Cássia Belmiro Benevides (Chefe do Cerimonial).</t>
   </si>
   <si>
     <t>11681</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11681/mocao_010-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11681/mocao_010-08.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora, após cumprir as exigências regimentais vigentes e ouvido o soberano plenário, que conste em ata desta Augusta Casa de Leis, Moção de Congratulações e aplausos a Senhor. Pastor Milton da Silva Sá Viana(Mestre de Cerimônia).</t>
   </si>
   <si>
     <t>11682</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11682/mocao_011-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11682/mocao_011-08.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora, após cumprir as exigências regimentais vigentes e ouvido o soberano plenário, que conste em ata desta Augusta Casa de Leis, Moção de Congratulações e aplausos a Senhor. Rafael Cardoso de Carvalho (Auxiliar de Cerimonial).</t>
   </si>
   <si>
     <t>11683</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11683/mocao_013-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11683/mocao_013-08.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora, após cumprir as exigências regimentais vigentes e ouvido o soberano plenário, que conste em ata desta Augusta Casa de Leis, Moção de Congratulações e aplausos a Kátia Rogéria da Silva (Telefonista).</t>
   </si>
   <si>
     <t>11684</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11684/mocao_014-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11684/mocao_014-08.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora, após cumprir as exigências regimentais vigentes e ouvido o soberano plenário, que conste em ata desta Augusta Casa de Leis, Moção de Congratulações e aplausos a Luiz Carlos de Morais Ferreira (Motorista).</t>
   </si>
   <si>
     <t>1279</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/1279/mocao_015-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/1279/mocao_015-08.pdf</t>
   </si>
   <si>
     <t>SOKA GAKKAI INTERNACIONAL-SGI é uma Associação que visa à promoção de valores comuns como a paz e o respeito humano, a tolerância e a coexistência, tem por meta a conscientização das responsabilidades para com a sociedade, com o meio ambiente e com o futuro do Planeta,  que estão presentes de formas diferentes em todas as culturas e tradições. Uma organização não governamental filiada as Nações Unidas, promove várias atividades, tais como exposições, intercâmbios culturais, oficinas educacionais, além dos esforços humanitários para o bem estar social.</t>
   </si>
   <si>
     <t>11685</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11685/mocao_016-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11685/mocao_016-08.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora, após cumprir as exigências regimentais vigentes e ouvido o soberano plenário, que conste em ata desta Augusta Casa de Leis, Moção de Congratulações e aplausos a DAISAKU IKEDA (PRESIDENTE -SGI).</t>
   </si>
   <si>
     <t>11686</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11686/mocao_017-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11686/mocao_017-08.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora, após cumprir as exigências regimentais vigentes e ouvido o soberano plenário, que conste em ata desta Augusta Casa de Leis, Moção de Congratulações e aplausos a TSUNESSABURO MAKIGUTI (FUNDADOR - SGI)</t>
   </si>
   <si>
     <t>11687</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11687/mocao_018-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11687/mocao_018-08.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora, após cumprir as exigências regimentais vigentes e ouvido o soberano plenário, que conste em ata desta Augusta Casa de Leis, Moção de Congratulações e aplausos a, JOSSEI TODA (2º PRESIDENTE E CO-FUNDADOR DA SOKA GAKKAI).</t>
   </si>
   <si>
     <t>11688</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11688/mocao_019-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11688/mocao_019-08.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora, após cumprir as exigências regimentais vigentes e ouvido o soberano plenário, que conste em ata desta Augusta Casa de Leis, Moção de Congratulações e aplausos a Senhora Joana Lucia da Cruz (Assessora administrativa).</t>
   </si>
   <si>
     <t>11689</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11689/mocao_020-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11689/mocao_020-08.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora, após cumprir as exigências regimentais vigentes, e ouvido o soberano plenário, que conste em Ata desta Augusta Casa de Leis, Moção de Congratulações e Aplausos a Secretaria de Saúde, Dr. Sérgio Manhães e toda sua equipe.</t>
   </si>
   <si>
     <t>11690</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11690/mocao_021-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11690/mocao_021-08.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora, após cumprir as exigências regimentais vigentes e ouvido o soberano plenário, que conste em ata desta Augusta Casa de Leis, Moção de Congratulações e aplausos ao Senhor. Leônidas Heringer Fernandes  (Diretor do Departamento de Vigilância Sanitária e Ambiental).</t>
   </si>
   <si>
     <t>11691</t>
   </si>
   <si>
     <t>Rosangila, Betinho, Nini, Rosenildo</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11691/mocao_023-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11691/mocao_023-08.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora, após cumprir as exigências regimentais vigentes, e ouvido o soberano plenário, que conste em Ata desta Augusta Casa de Leis, Moção de Congratulações e Aplausos ao Advogado: DR. JOSÉ OTÁVIO SOARES GONÇALVES JÚNIOR</t>
   </si>
   <si>
     <t>11692</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11692/mocao_024-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11692/mocao_024-08.pdf</t>
   </si>
   <si>
     <t>A mesa Diretora, após cumprir as exigências regimentais vigentes, e ouvido o soberano Plenário, que conste em Ata desta Augusta Casa de Leis, Moção de Congratulações e Aplausos a Senhora.  ANDRÉA MACHADO PEREIRA BARCELLOS MARMELO (Diretora da Escola Municipal Ary Gomes de Marins)</t>
   </si>
   <si>
     <t>11693</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11693/mocao_025-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11693/mocao_025-08.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora, após cumprir as exigências regimentais vigentes e ouvido o soberano plenário, que conste em ata desta Augusta Casa de Leis, Moção de Congratulações e aplausos a, KANEKO IKEDA.</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/855/mocao_026-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/855/mocao_026-08.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora, após cumprir as exigências regimentais vigentes e ouvido o soberano plenário, que conste em ata desta Augusta Casa de Leis, Moção de Congratulações e aplausos ao,_x000D_
 DR. PAULO ROBERTO LOUZADA_x000D_
 NEUROCIRURGIÃO_x000D_
 PRONTO SOCORRO DE RIO DAS OSTRAS</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/856/mocao_027-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/856/mocao_027-08.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora, após cumprir as exigências regimentais vigentes, e ouvido o soberano plenário, que conste em ata desta Augusta Casa de Leis, Moção de Congratulações e aplausos ao,_x000D_
 DR. RENE AZEVEDO _x000D_
 CARDIOLOGISTA, CLÍNICO E DIRETOR TÉCNICO E FUNCIONÁRIOS DO PRONTO SOCORRO DE RIO DAS OSTRAS-RJ.</t>
   </si>
   <si>
     <t>11694</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11694/mocao_028-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11694/mocao_028-08.pdf</t>
   </si>
   <si>
     <t>A mesa Diretora, após cumprir as exigências regimentais vigentes, e ouvido o soberano Plenário, que conste em Ata desta Augusta Casa de Leis, Moção de Congratulações e Aplausos a, TODOS OS FUNCIONÁRIOS QUE COMPÕEM A EQUIPE DA ESCOLA MUNICIPAL ARY GOMES DE MARINS.</t>
   </si>
   <si>
     <t>11695</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11695/mocao_029-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11695/mocao_029-08.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora, após cumprir as exigências regimentais vigentes, e ouvido o soberano plenário, que conste em Ata desta Augusta Casa de Leis, Moção de Congratulações e Aplausos ao, Núcleo de Educação Ambiental e aos Coordenadores Claudia Alves Côrrea, Celma Nunes de Andrade e Eliana_x000D_
 Camacho de Morais.</t>
   </si>
   <si>
     <t>11696</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11696/mocao_030-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11696/mocao_030-08.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora, após cumprir as exigências regimentais vigentes e ouvidas o soberano plenário, que conste em ata desta Augusta Casa de Leis, Moção de Congratulações e aplausos a Senhora. Deyse Cruz (Editora do Jornal Tocha de Rio das Ostras).</t>
   </si>
   <si>
     <t>11697</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11697/mocao_031-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11697/mocao_031-08.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora, após cumprir as exigências regimentais vigentes e ouvidas o soberano plenário, que conste em ata desta Augusta Casa de Leis, Moção de Congratulações e aplausos ao Senhor. Ricardo Martins de Aguiar (Historiador do Município de Rio das Ostras).</t>
   </si>
   <si>
     <t>11698</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11698/mocao_032-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11698/mocao_032-08.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora, após cumprir as exigências regimentais vigentes e ouvidas o soberano plenário, que conste em ata desta Augusta Casa de Leis, Moção de Congratulações e aplausos ao. Atleta César Cielo (Campeão Brasileiro da Olimpíada de Pequim)</t>
   </si>
   <si>
     <t>11699</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11699/mocao_033-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11699/mocao_033-08.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora, após cumprir as exigências regimentais vigentes e ouvidas o soberano plenário, que conste em ata desta Augusta Casa de Leis, Moção de Congratulações e aplausos ao. Fernando de Queirós Scherer - XUXA</t>
   </si>
   <si>
     <t>11700</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11700/mocao_034-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11700/mocao_034-08.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora, após cumprir as exigências regimentais vigentes e ouvidas o soberano plenário, que conste em ata desta Augusta Casa de Leis, Moção de Congratulações e aplausos ao. ATLETA RAPHAEL THUIN</t>
   </si>
   <si>
     <t>11701</t>
   </si>
   <si>
     <t>M.PES</t>
   </si>
   <si>
     <t>Moção de Pesar</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11701/mocao_de_pesar_012-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11701/mocao_de_pesar_012-08.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora, após cumprir as exigências regimentais vigentes, e ouvido o soberano Plenário, que conste em Ata desta Augusta Casa de Leis, Moção de Pesar a família do Senhor. Roberto David Pereira em 08.05.2008</t>
   </si>
   <si>
     <t>11702</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11702/mocao_de_pesar_022-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11702/mocao_de_pesar_022-08.pdf</t>
   </si>
   <si>
     <t>A Mesa Diretora, após cumprir as exigências regimentais vigentes, e ouvido o soberano Plenário, que conste em Ata desta Augusta Casa de Leis, Moção de Pesar a família do Senhor. Ari Figueira em 04.06.2008</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
     <t>DL</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/837/decreto_534-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/837/decreto_534-08.pdf</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/838/decreto_535-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/838/decreto_535-08.pdf</t>
   </si>
   <si>
     <t>Fica concedido ao SR. NILTON DA COSTA RODRIGUES TEIXEIRA, por indicação do Vereador Robson Carlos de Oliveira Gomes, o título de CIDADÃO RIOSTRENSE POR MÉRITO _x000D_
 MUNICIPAL, pelos seus relevantes serviços prestados a nossa comunidade.</t>
   </si>
   <si>
     <t>11475</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11475/decreto_536-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11475/decreto_536-08.pdf</t>
   </si>
   <si>
     <t>Art. 1º - Fica concedido a SR. FREDERICO AUGUSTO DE MATTOS FERREIRA DE OLIVEIRA, por indicação do Vereador Alberto Moreira Jorge, o título de CIDADÃO RIOSTRENSE, pelos seus relevantes serviços prestados a nossa comunidade._x000D_
 Art. 2º - Este Decreto Legislativo, entra em vigor na data de sua publicação._x000D_
 Art. 3º - Revogam-se as disposições em contrário.</t>
   </si>
   <si>
     <t>11476</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11476/decreto_537-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11476/decreto_537-08.pdf</t>
   </si>
   <si>
     <t>1280</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/1280/decreto_538-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/1280/decreto_538-08.pdf</t>
   </si>
   <si>
     <t>1281</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/1281/decreto_539-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/1281/decreto_539-08.pdf</t>
   </si>
   <si>
     <t>11477</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11477/decreto_540-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11477/decreto_540-08.pdf</t>
   </si>
   <si>
     <t>11478</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11478/decreto_541-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11478/decreto_541-08.pdf</t>
   </si>
   <si>
     <t>11479</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11479/decreto_542-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11479/decreto_542-08.pdf</t>
   </si>
   <si>
     <t>11480</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11480/decreto_543-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11480/decreto_543-08.pdf</t>
   </si>
   <si>
     <t>Art. 1º - Fica concedido ao SR. MARCELO CASTRO DE ABREU, por indicação do Vereador Rosenildo Corrêa Viana, o título de CIDADÃO RIOSTRENSE POR MÉRITO MUNICIPAL, pelos seus relevantes serviços prestados a nossa comunidade._x000D_
 Art. 2º - Este Decreto Legislativo, entra em vigor na data de sua publicação._x000D_
 Art. 3º - Revogam-se as disposições em contrário.</t>
   </si>
   <si>
     <t>11481</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11481/decreto_544-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11481/decreto_544-08.pdf</t>
   </si>
   <si>
     <t>Art. 1º - Fica concedido a SR. JOÃO NELSON FERREIRA LOURENÇO, por indicação do Vereador Edílson Gomes Ribeiro, o título de CIDADÃO RIOSTRENSE, pelos seus relevantes serviços prestados a nossa comunidade._x000D_
 Art. 2º - Este Decreto Legislativo, entra em vigor na data de sua publicação._x000D_
 Art. 3º - Revogam-se as disposições em contrário.</t>
   </si>
   <si>
     <t>11482</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11482/decreto_545-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11482/decreto_545-08.pdf</t>
   </si>
   <si>
     <t>11483</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11483/decreto_546-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11483/decreto_546-08.pdf</t>
   </si>
   <si>
     <t>11484</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11484/decreto_547-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11484/decreto_547-08.pdf</t>
   </si>
   <si>
     <t>Art. 1º - Fica concedido a SRª. RITA DE CACIA DOS SANTOS, por indicação da Vereadora Rosangila Costa dos Santos, o título de CIDADÃ RIOSTRENSE POR MÉRITO MUNICIPAL, pelos seus relevantes serviços prestados a nossa comunidade. _x000D_
 Art. 2º - Este Decreto Legislativo, entra em vigor na data de sua publicação._x000D_
 Art. 3º - Revogam-se as disposições em contrário.</t>
   </si>
   <si>
     <t>11485</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11485/decreto_548-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11485/decreto_548-08.pdf</t>
   </si>
   <si>
     <t>11486</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11486/decreto_549-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11486/decreto_549-08.pdf</t>
   </si>
   <si>
     <t>11487</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11487/decreto_550-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11487/decreto_550-08.pdf</t>
   </si>
   <si>
     <t>11488</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11488/decreto_551-08.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11488/decreto_551-08.pdf</t>
   </si>
   <si>
     <t>12865</t>
   </si>
   <si>
     <t>EMLOM</t>
   </si>
   <si>
     <t>Emenda Lei Orgânica Municipal</t>
   </si>
   <si>
     <t>Betinho, Nini, Rosangila, Rosenildo</t>
   </si>
   <si>
     <t>A Lei Orgânica Municipal de Rio das Ostras, artigo 268 tem o seu parágrafo único, acrescido da alínea o.</t>
   </si>
   <si>
     <t>12866</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/12866/ementa_lei_organica_no_025.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/12866/ementa_lei_organica_no_025.pdf</t>
   </si>
   <si>
     <t>A Lei Orgânica do Município de Rio das Ostras, artigo 184 tem os seu incisos acrescidos do inciso VI.</t>
   </si>
   <si>
     <t>12867</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/12867/ementa_lei_organica_no_026.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/12867/ementa_lei_organica_no_026.pdf</t>
   </si>
   <si>
     <t>A Lei Orgânica do Município de Rio das Ostras, artigo 171 tem os seus incisos acrescido dos incisos V e VI.</t>
   </si>
   <si>
     <t>12868</t>
   </si>
   <si>
-    <t>https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/12868/ementa_lei_organica_no_027.pdf</t>
+    <t>http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/12868/ementa_lei_organica_no_027.pdf</t>
   </si>
   <si>
     <t>A Lei Orgânica do Município de Rio das Ostras, passa a vigorar acrescido do artigo 278-A.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -6604,68 +6604,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/1284/projeto_de_lei_no_002-08.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/1285/projeto_de_lei_no_003-08.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/1286/projeto_de_lei_no_019-08.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/1287/projeto_de_lei_no_020-08.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/1288/projeto_de_lei_no_021-08.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/1289/projeto_de_lei_no_022-08.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/1290/projeto_de_lei_no_039-08.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/1291/projeto_de_lei_no_041-08.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/857/projeto_de_lei_n_062-08.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/858/projeto_de_lei_n_065-08.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/1292/projeto_de_lei_no_080-08.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/1293/projeto_de_lei_no_081-08.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/1294/projeto_de_lei_no_082-08.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/826/projeto_de_decreto_027-08.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/839/projeto_de_decreto_002-08.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11905/projeto_de_decreto_003-08.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11906/projeto_de_decreto_004-08.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/1282/projeto_de_decreto_005-08.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/1283/projeto_de_decreto_006-08.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11907/projeto_de_decreto_007-08.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11908/projeto_de_decreto_008-08.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11909/projeto_de_decreto_009-08.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11910/projeto_de_decreto_010-08.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11911/projeto_de_decreto_011-08.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11912/projeto_de_decreto_012-08.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11913/projeto_de_decreto_013-08.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11914/projeto_de_decreto_014-08.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11915/projeto_de_decreto_015-08.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11916/projeto_de_decreto_016-07.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11917/projeto_de_decreto_017-08.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11918/projeto_de_decreto_018-08.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/859/requerimento_020-08.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7603/indicacao_001-08.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7604/indicacao_002-08.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7605/indicacao_003-08.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7606/indicacao_004-08.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7607/indicacao_005-08.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7608/indicacao_006-08.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7609/indicacao_007-08.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7610/indicacao_008-08.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7611/indicacao_009-08.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7612/indicacao_010-08.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7613/indicacao_011-08.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7614/indicacao_012-08.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7615/indicacao_013-08.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7616/indicacao_014-08.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7619/indicacao_016-08.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7620/indicacao_017-08.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7621/indicacao_018-08.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7370/indicacao_019-08.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7372/indicacao_020-08.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7374/indicacao_021-08.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7376/indicacao_022-08.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7378/indicacao_023-08.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7380/indicacao_024-08.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7381/indicacao_025-08.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7383/indicacao_026-08.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7384/indicacao_027-08.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7385/indicacao_028-08.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7386/indicacao_029-08.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7388/indicacao_030-08.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7994/indicacao_031-08.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7995/indicacao_032-08.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7622/indicacao_033-08.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7623/indicacao_034-08.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7624/indicacao_035-08.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7996/indicacao_036-08.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7997/indicacao_037-08.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7998/indicacao_038-08.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7999/indicacao_039-08.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8000/indicacao_040-08.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8001/indicacao_042-08.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8002/indicacao_043-08.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8096/indicacao_044-08.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8097/indicacao_045-08.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8098/indicacao_046-08.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8099/indicacao_047-08.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/840/indicacao_048-08.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7626/indicacao_049-08.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7628/indicacao_050-08.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/841/indicacao_051-08.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7432/indicacao_053-08.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7433/indicacao_054-08.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7434/indicacao_055-08.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8003/indicacao_056-08.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8004/indicacao_057-08.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8005/indicacao_059-08.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7435/indicacao_060-08.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7436/indicacao_061-08.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7437/indicacao_062-08.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7438/indicacao_063-08.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7439/indicacao_064-08.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7440/indicacao_065-08.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7441/indicacao_066-08.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7442/indicacao_067-08.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7390/indicacao_068-08.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7443/indicacao_069-08.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7444/indicacao_070-08.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8100/indicacao_071-08.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7445/indicacao_074-08.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7446/indicacao_075-08.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7447/indicacao_076-08.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7448/indicacao_077-08.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7242/indicacao_078-08.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7243/indicacao_079-08.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7244/indicacao_080-08.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7245/indicacao_081-08.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7246/indicacao_083-08.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7247/indicacao_084-08.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7248/indicacao_085-08.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8101/indicacao_086-08.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8102/indicacao_087-08.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8103/indicacao_088-06.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8104/indicacao_089-08.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8105/indicacao_090-08.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7449/indicacao_091-08.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7450/indicacao_092-08.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7556/indicacao_093-08.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8006/indicacao_094-08.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8007/indicacao_095-08.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8008/indicacao_096-08.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8009/indicacao_097-08.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8010/indicacao_098-08.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8011/indicacao_099-08.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8012/indicacao_100-08.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8013/indicacao_101-08.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8014/indicacao_102-08.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7392/indicacao_103-08.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7393/indicacao_104-08.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7395/indicacao_105-08.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7396/indicacao_106-08.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7398/indicacao_107-08.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8015/indicacao_108-08.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7630/indicacao_109-08.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7632/indicacao_110-08.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7634/indicacao_111-08.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7557/indicacao_112-08.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7558/indicacao_113-08.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8016/indicacao_114-08.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7400/indicacao_115-08.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7249/indicacao_116-08.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7250/indicacao_117-08.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7251/indicacao_118-08.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7253/indicacao_119-08.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7263/indicacao_120-08.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7266/indicacao_121-08.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7451/indicacao_122-08.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7452/indicacao_123-08.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7453/indicacao_124-08.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7454/indicacao_125-08.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7455/indicacao_126-08.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7456/indicacao_127-08.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7401/indicacao_128-08.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7402/indicacao_129-08.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7403/indicacao_130-08.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7404/indicacao_131-08.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8070/indicacao_133-08.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8017/indicacao_134-08.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8018/indicacao_135-08.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8019/indicacao_136-08.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7267/indicacao_137-08.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8020/indicacao_138-08.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8021/indicacao_139-08.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8022/indicacao_140-08.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8023/indicacao_141-08.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8024/indicacao_142-08.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7559/indicacao_143-08.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7560/indicacao_144-08.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7562/indicacao_145-08.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7563/indicacao_146-08.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7564/indicacao_147-08.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7271/indicacao_148-08.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7272/indicacao_149-08.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7567/indicacao_151-08.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7569/indicacao_152-08.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8025/indicacao_153-08.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7636/indicacao_155-08.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7637/indicacao_156-08.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7639/indicacao_157-08.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7410/indicacao_158-08.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7411/indicacao_159-08.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7413/indicacao_160-08.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7415/indicacao_161-08.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7457/indicacao_162-08.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7458/indicacao_163-08.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7460/indicacao_164-08.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7461/indicacao_165-08.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7462/indicacao_166-08.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7479/indicacao_167-08.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7480/indicacao_168-08.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7481/indicacao_169-08.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7482/indicacao_171-08.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7483/indicacao_171-08.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7485/indicacao_172-08.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7486/indicacao_173-08.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7488/indicacao_174-08.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7491/indicacao_176-08.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7493/indicacao_177-08.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7495/indicacao_178-08.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7497/indicacao_179-08.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7499/indicacao_180-08.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7501/indicacao_181-08.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7504/indicacao_182-08.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7507/indicacao_183-08.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7509/indicacao_184-08.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7511/indicacao_185-08.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7512/indicacao_186-08.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7514/indicacao_187-08.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7516/indicacao_188-08.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7518/indicacao_189-08.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7520/indicacao_190-08.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7521/indicacao_191-08.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7277/indicacao_192-08.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7416/indicacao_194-08.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7418/indicacao_195-08.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7420/indicacao_196-08.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7425/indicacao_197-08.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7427/indicacao_198-08.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7523/indicacao_199-08.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7525/indicacao_200-08.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7526/indicacao_201-08.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7528/indicacao_202-08.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7530/indicacao_203-08.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7531/indicacao_204-08.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7533/indicacao_205-08.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7535/indicacao_206-08.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7537/indicacao_208-08.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7539/indicacao_209-08.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7541/indicacao_210-08.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7542/indicacao_211-08.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7640/indicacao_212-08.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7642/indicacao_213-08.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7644/indicacao_214-08.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8026/indicacao_216-08.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8027/indicacao_217-08.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8028/indicacao_218-08.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8029/indicacao_219-08.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7646/indicacao_220-08.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7647/indicacao_221-08.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7648/indicacao_222-08.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7649/indicacao_223-08.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7651/indicacao_224-08.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7653/indicacao_225-08.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7544/indicacao_226-08.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7654/indicacao_227-08.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7656/indicacao_228-08.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7657/indicacao_229-08.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7658/indicacao_230-08.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7660/indicacao_231-08.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7662/indicacao_232-08.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7663/indicacao_233-08.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7666/indicacao_234-08.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7667/indicacao_235-08.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7668/indicacao_236-08.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7669/indicacao_237-08.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7671/indicacao_238-08.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8030/indicacao_239-08.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8031/indicacao_240-08.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8032/indicacao_241-08.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8033/indicacao_242-08.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8034/indicacao_243-08.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8035/indicacao_244-08.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8036/indicacao_245-08.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8037/indicacao_246-08.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7284/indicacao_247-08.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7286/indicacao_248-08.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7288/indicacao_249-08.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7289/indicacao_250-08.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7293/indicacao_251-08.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7295/indicacao_252-08.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7296/indicacao_253-08.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7299/indicacao_255-08.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7301/indicacao_256-08.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7303/indicacao_257-08.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7673/indicacao_258-08.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7674/indicacao_259-08.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7679/indicacao_260-08.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7680/indicacao_261-08.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7682/indicacao_262-08.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7683/indicacao_263-08.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/842/indicacao_264-08.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8038/indicacao_265-08.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8039/indicacao_266-08.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7685/indicacao_268-08.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7688/indicacao_269-08.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7690/indicacao_270-08.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7693/indicacao_271-08.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7695/indicacao_272-08.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7696/indicacao_273-08.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7698/indicacao_274-08.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7700/indicacao_275-08.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7570/indicacao_276-08.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8106/indicacao_278-08.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8107/indicacao_279-08.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8108/indicacao_280-08.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8109/indicacao_281-08.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7304/indicacao_282-08.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7306/indicacao_283-08.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7307/indicacao_284-08.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7308/indicacao_285-08.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7310/indicacao_286-08.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7311/indicacao_287-08.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7313/indicacao_288-08.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7314/indicacao_289-08.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7316/indicacao_290-08.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7318/indicacao_291-08.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7320/indicacao_292-08.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7321/indicacao_293-08.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7701/indicacao_294-08.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7705/indicacao_295-08.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7707/indicacao_296-08.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7714/indicacao_297-08.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7715/indicacao_298-08.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7716/indicacao_299-08.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7717/indicacao_300-08.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7718/indicacao_301-08.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7719/indicacao_302-08.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7720/indicacao_303-08.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7721/indicacao_304-08.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7722/indicacao_305-08.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8040/indicacao_307-08.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8041/indicacao_308-08.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8042/indicacao_309-08.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8043/indicacao_310-08.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8044/indicacao_311-08.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8045/indicacao_312-08.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8046/indicacao_313-08.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8047/indicacao_314-08.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8048/indicacao_315-08.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/843/indicacao_316-08.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/844/indicacao_317-08.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/845/indicacao_318-08.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/846/indicacao_319-08.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7723/indicacao_320-08.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7724/indicacao_321-08.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7725/indicacao_322-08.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7726/indicacao_323-08.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7727/indicacao_324-08.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8049/indicacao_326-08.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7322/indicacao_327-08.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7323/indicacao_328-08.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7324/indicacao_329-08.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7325/indicacao_330-08.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7326/indicacao_331-08.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7327/indicacao_332-08.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7328/indicacao_333-08.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7329/indicacao_334-08.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7330/indicacao_335-08.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7331/indicacao_336-08.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7332/indicacao_337-08.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7333/indicacao_338-08.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7334/indicacao_339-08.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7335/indicacao_340-08.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8110/indicacao_341-08.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8111/indicacao_342-08.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8112/indicacao_343-08.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8113/indicacao_344-08.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8114/indicacao_345-08.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8115/indicacao_346-08.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8116/indicacao_347-08.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8050/indicacao_348-08.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7547/indicacao_351-08.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7549/indicacao_352-08.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8051/indicacao_354-08.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8052/indicacao_355-08.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8053/indicacao_356-08.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8054/indicacao_357-08.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8055/indicacao_358-08.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8056/indicacao_359-08.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8057/indicacao_360-08.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8058/indicacao_361-08.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8059/indicacao_362-08.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8060/indicacao_363-08.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8061/indicacao_364-08.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8062/indicacao_365-08.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8063/indicacao_366-08.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8117/indicacao_367-08.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8118/indicacao_368-08.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8119/indicacao_369-08.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8120/indicacao_370-08.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7336/indicacao_371-08.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7337/indicacao_372-08.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7338/indicacao_373-08.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7339/indicacao_374-08.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7728/indicacao_375-08.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7729/indicacao_376-08.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7730/indicacao_377-08.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7731/indicacao_378-08.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7340/indicacao_379-08.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7341/indicacao_380-08.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7342/indicacao_381-08.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7343/indicacao_382-08.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7344/indicacao_383-08.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7345/indicacao_384-08.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7346/indicacao_385-08.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7732/indicacao_386-08.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7733/indicacao_387-08.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7734/indicacao_388-08.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7551/indicacao_389-08.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/847/indicacao_390-08.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8121/indicacao_391-08.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8122/indicacao_392-08.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8123/indicacao_393-08.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8124/indicacao_394-08.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8125/indicacao_395-08.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7576/indicacao_396-08.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8126/indicacao_397-08.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8127/indicacao_398-08.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8128/indicacao_399-08.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8129/indicacao_400-08.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7347/indicacao_401-08.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7348/indicacao_402-08.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7349/indicacao_403-08.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7350/indicacao_404-08.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7352/indicacao_405-08.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7353/indicacao_406-08.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7355/indicacao_407-08.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7356/indicacao_408-08.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7357/indicacao_409-08.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7359/indicacao_410-08.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/848/indicacao_411-08.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/849/indicacao_412-08.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8064/indicacao_413-08.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8065/indicacao_414-08.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7577/indicacao_415-08.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7579/indicacao_416-08.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7582/indicacao_417-08.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8066/indicacao_418-08.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7584/indicacao_419-08.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8067/indicacao_420-08.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8068/indicacao_421-08.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8069/indicacao_422-08.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7735/indicacao_423-08.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7737/indicacao_424-08.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7738/indicacao_425-08.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7740/indicacao_426-08.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7741/indicacao_427-08.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7743/indicacao_428-08.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7745/indicacao_429-08.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7747/indicacao_430-08.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7748/indicacao_431-08.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7360/indicacao_432-08.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7362/indicacao_433-08.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7363/indicacao_434-08.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7365/indicacao_435-08.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8130/indicacao_436-08.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8131/indicacao_437-08.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8132/indicacao_438-08.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8133/indicacao_439-08.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8134/indicacao_440-08.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/850/indicacao_441-08.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/851/indicacao_442-08.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/852/indicacao_443-08.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7553/indicacao_444-08.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/853/indicacao_445-08.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/854/indicacao_446-08.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11673/mocao_01-08.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11674/mocao_02-08.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11675/mocao_03-08.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11676/mocao_04-08.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11677/mocao_05-08.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11678/mocao_06-08.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11672/mocao_07-08.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11679/mocao_08-08.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11680/mocao_009-08.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11681/mocao_010-08.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11682/mocao_011-08.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11683/mocao_013-08.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11684/mocao_014-08.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/1279/mocao_015-08.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11685/mocao_016-08.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11686/mocao_017-08.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11687/mocao_018-08.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11688/mocao_019-08.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11689/mocao_020-08.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11690/mocao_021-08.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11691/mocao_023-08.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11692/mocao_024-08.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11693/mocao_025-08.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/855/mocao_026-08.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/856/mocao_027-08.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11694/mocao_028-08.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11695/mocao_029-08.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11696/mocao_030-08.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11697/mocao_031-08.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11698/mocao_032-08.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11699/mocao_033-08.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11700/mocao_034-08.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11701/mocao_de_pesar_012-08.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11702/mocao_de_pesar_022-08.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/837/decreto_534-08.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/838/decreto_535-08.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11475/decreto_536-08.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11476/decreto_537-08.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/1280/decreto_538-08.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/1281/decreto_539-08.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11477/decreto_540-08.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11478/decreto_541-08.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11479/decreto_542-08.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11480/decreto_543-08.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11481/decreto_544-08.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11482/decreto_545-08.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11483/decreto_546-08.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11484/decreto_547-08.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11485/decreto_548-08.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11486/decreto_549-08.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11487/decreto_550-08.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11488/decreto_551-08.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/12866/ementa_lei_organica_no_025.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/12867/ementa_lei_organica_no_026.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/12868/ementa_lei_organica_no_027.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/1284/projeto_de_lei_no_002-08.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/1285/projeto_de_lei_no_003-08.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/1286/projeto_de_lei_no_019-08.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/1287/projeto_de_lei_no_020-08.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/1288/projeto_de_lei_no_021-08.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/1289/projeto_de_lei_no_022-08.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/1290/projeto_de_lei_no_039-08.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/1291/projeto_de_lei_no_041-08.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/857/projeto_de_lei_n_062-08.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/858/projeto_de_lei_n_065-08.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/1292/projeto_de_lei_no_080-08.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/1293/projeto_de_lei_no_081-08.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/1294/projeto_de_lei_no_082-08.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/826/projeto_de_decreto_027-08.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/839/projeto_de_decreto_002-08.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11905/projeto_de_decreto_003-08.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11906/projeto_de_decreto_004-08.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/1282/projeto_de_decreto_005-08.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/1283/projeto_de_decreto_006-08.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11907/projeto_de_decreto_007-08.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11908/projeto_de_decreto_008-08.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11909/projeto_de_decreto_009-08.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11910/projeto_de_decreto_010-08.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11911/projeto_de_decreto_011-08.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11912/projeto_de_decreto_012-08.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11913/projeto_de_decreto_013-08.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11914/projeto_de_decreto_014-08.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11915/projeto_de_decreto_015-08.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11916/projeto_de_decreto_016-07.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11917/projeto_de_decreto_017-08.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11918/projeto_de_decreto_018-08.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/859/requerimento_020-08.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7603/indicacao_001-08.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7604/indicacao_002-08.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7605/indicacao_003-08.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7606/indicacao_004-08.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7607/indicacao_005-08.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7608/indicacao_006-08.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7609/indicacao_007-08.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7610/indicacao_008-08.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7611/indicacao_009-08.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7612/indicacao_010-08.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7613/indicacao_011-08.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7614/indicacao_012-08.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7615/indicacao_013-08.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7616/indicacao_014-08.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7619/indicacao_016-08.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7620/indicacao_017-08.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7621/indicacao_018-08.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7370/indicacao_019-08.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7372/indicacao_020-08.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7374/indicacao_021-08.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7376/indicacao_022-08.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7378/indicacao_023-08.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7380/indicacao_024-08.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7381/indicacao_025-08.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7383/indicacao_026-08.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7384/indicacao_027-08.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7385/indicacao_028-08.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7386/indicacao_029-08.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7388/indicacao_030-08.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7994/indicacao_031-08.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7995/indicacao_032-08.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7622/indicacao_033-08.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7623/indicacao_034-08.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7624/indicacao_035-08.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7996/indicacao_036-08.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7997/indicacao_037-08.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7998/indicacao_038-08.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7999/indicacao_039-08.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8000/indicacao_040-08.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8001/indicacao_042-08.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8002/indicacao_043-08.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8096/indicacao_044-08.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8097/indicacao_045-08.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8098/indicacao_046-08.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8099/indicacao_047-08.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/840/indicacao_048-08.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7626/indicacao_049-08.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7628/indicacao_050-08.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/841/indicacao_051-08.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7432/indicacao_053-08.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7433/indicacao_054-08.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7434/indicacao_055-08.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8003/indicacao_056-08.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8004/indicacao_057-08.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8005/indicacao_059-08.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7435/indicacao_060-08.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7436/indicacao_061-08.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7437/indicacao_062-08.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7438/indicacao_063-08.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7439/indicacao_064-08.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7440/indicacao_065-08.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7441/indicacao_066-08.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7442/indicacao_067-08.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7390/indicacao_068-08.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7443/indicacao_069-08.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7444/indicacao_070-08.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8100/indicacao_071-08.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7445/indicacao_074-08.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7446/indicacao_075-08.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7447/indicacao_076-08.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7448/indicacao_077-08.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7242/indicacao_078-08.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7243/indicacao_079-08.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7244/indicacao_080-08.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7245/indicacao_081-08.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7246/indicacao_083-08.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7247/indicacao_084-08.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7248/indicacao_085-08.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8101/indicacao_086-08.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8102/indicacao_087-08.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8103/indicacao_088-06.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8104/indicacao_089-08.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8105/indicacao_090-08.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7449/indicacao_091-08.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7450/indicacao_092-08.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7556/indicacao_093-08.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8006/indicacao_094-08.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8007/indicacao_095-08.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8008/indicacao_096-08.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8009/indicacao_097-08.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8010/indicacao_098-08.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8011/indicacao_099-08.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8012/indicacao_100-08.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8013/indicacao_101-08.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8014/indicacao_102-08.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7392/indicacao_103-08.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7393/indicacao_104-08.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7395/indicacao_105-08.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7396/indicacao_106-08.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7398/indicacao_107-08.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8015/indicacao_108-08.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7630/indicacao_109-08.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7632/indicacao_110-08.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7634/indicacao_111-08.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7557/indicacao_112-08.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7558/indicacao_113-08.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8016/indicacao_114-08.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7400/indicacao_115-08.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7249/indicacao_116-08.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7250/indicacao_117-08.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7251/indicacao_118-08.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7253/indicacao_119-08.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7263/indicacao_120-08.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7266/indicacao_121-08.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7451/indicacao_122-08.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7452/indicacao_123-08.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7453/indicacao_124-08.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7454/indicacao_125-08.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7455/indicacao_126-08.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7456/indicacao_127-08.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7401/indicacao_128-08.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7402/indicacao_129-08.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7403/indicacao_130-08.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7404/indicacao_131-08.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8070/indicacao_133-08.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8017/indicacao_134-08.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8018/indicacao_135-08.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8019/indicacao_136-08.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7267/indicacao_137-08.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8020/indicacao_138-08.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8021/indicacao_139-08.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8022/indicacao_140-08.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8023/indicacao_141-08.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8024/indicacao_142-08.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7559/indicacao_143-08.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7560/indicacao_144-08.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7562/indicacao_145-08.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7563/indicacao_146-08.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7564/indicacao_147-08.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7271/indicacao_148-08.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7272/indicacao_149-08.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7567/indicacao_151-08.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7569/indicacao_152-08.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8025/indicacao_153-08.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7636/indicacao_155-08.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7637/indicacao_156-08.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7639/indicacao_157-08.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7410/indicacao_158-08.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7411/indicacao_159-08.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7413/indicacao_160-08.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7415/indicacao_161-08.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7457/indicacao_162-08.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7458/indicacao_163-08.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7460/indicacao_164-08.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7461/indicacao_165-08.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7462/indicacao_166-08.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7479/indicacao_167-08.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7480/indicacao_168-08.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7481/indicacao_169-08.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7482/indicacao_171-08.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7483/indicacao_171-08.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7485/indicacao_172-08.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7486/indicacao_173-08.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7488/indicacao_174-08.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7491/indicacao_176-08.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7493/indicacao_177-08.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7495/indicacao_178-08.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7497/indicacao_179-08.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7499/indicacao_180-08.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7501/indicacao_181-08.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7504/indicacao_182-08.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7507/indicacao_183-08.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7509/indicacao_184-08.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7511/indicacao_185-08.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7512/indicacao_186-08.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7514/indicacao_187-08.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7516/indicacao_188-08.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7518/indicacao_189-08.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7520/indicacao_190-08.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7521/indicacao_191-08.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7277/indicacao_192-08.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7416/indicacao_194-08.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7418/indicacao_195-08.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7420/indicacao_196-08.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7425/indicacao_197-08.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7427/indicacao_198-08.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7523/indicacao_199-08.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7525/indicacao_200-08.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7526/indicacao_201-08.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7528/indicacao_202-08.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7530/indicacao_203-08.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7531/indicacao_204-08.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7533/indicacao_205-08.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7535/indicacao_206-08.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7537/indicacao_208-08.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7539/indicacao_209-08.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7541/indicacao_210-08.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7542/indicacao_211-08.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7640/indicacao_212-08.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7642/indicacao_213-08.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7644/indicacao_214-08.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8026/indicacao_216-08.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8027/indicacao_217-08.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8028/indicacao_218-08.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8029/indicacao_219-08.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7646/indicacao_220-08.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7647/indicacao_221-08.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7648/indicacao_222-08.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7649/indicacao_223-08.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7651/indicacao_224-08.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7653/indicacao_225-08.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7544/indicacao_226-08.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7654/indicacao_227-08.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7656/indicacao_228-08.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7657/indicacao_229-08.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7658/indicacao_230-08.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7660/indicacao_231-08.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7662/indicacao_232-08.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7663/indicacao_233-08.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7666/indicacao_234-08.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7667/indicacao_235-08.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7668/indicacao_236-08.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7669/indicacao_237-08.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7671/indicacao_238-08.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8030/indicacao_239-08.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8031/indicacao_240-08.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8032/indicacao_241-08.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8033/indicacao_242-08.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8034/indicacao_243-08.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8035/indicacao_244-08.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8036/indicacao_245-08.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8037/indicacao_246-08.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7284/indicacao_247-08.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7286/indicacao_248-08.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7288/indicacao_249-08.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7289/indicacao_250-08.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7293/indicacao_251-08.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7295/indicacao_252-08.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7296/indicacao_253-08.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7299/indicacao_255-08.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7301/indicacao_256-08.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7303/indicacao_257-08.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7673/indicacao_258-08.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7674/indicacao_259-08.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7679/indicacao_260-08.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7680/indicacao_261-08.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7682/indicacao_262-08.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7683/indicacao_263-08.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/842/indicacao_264-08.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8038/indicacao_265-08.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8039/indicacao_266-08.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7685/indicacao_268-08.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7688/indicacao_269-08.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7690/indicacao_270-08.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7693/indicacao_271-08.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7695/indicacao_272-08.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7696/indicacao_273-08.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7698/indicacao_274-08.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7700/indicacao_275-08.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7570/indicacao_276-08.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8106/indicacao_278-08.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8107/indicacao_279-08.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8108/indicacao_280-08.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8109/indicacao_281-08.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7304/indicacao_282-08.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7306/indicacao_283-08.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7307/indicacao_284-08.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7308/indicacao_285-08.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7310/indicacao_286-08.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7311/indicacao_287-08.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7313/indicacao_288-08.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7314/indicacao_289-08.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7316/indicacao_290-08.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7318/indicacao_291-08.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7320/indicacao_292-08.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7321/indicacao_293-08.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7701/indicacao_294-08.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7705/indicacao_295-08.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7707/indicacao_296-08.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7714/indicacao_297-08.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7715/indicacao_298-08.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7716/indicacao_299-08.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7717/indicacao_300-08.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7718/indicacao_301-08.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7719/indicacao_302-08.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7720/indicacao_303-08.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7721/indicacao_304-08.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7722/indicacao_305-08.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8040/indicacao_307-08.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8041/indicacao_308-08.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8042/indicacao_309-08.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8043/indicacao_310-08.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8044/indicacao_311-08.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8045/indicacao_312-08.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8046/indicacao_313-08.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8047/indicacao_314-08.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8048/indicacao_315-08.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/843/indicacao_316-08.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/844/indicacao_317-08.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/845/indicacao_318-08.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/846/indicacao_319-08.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7723/indicacao_320-08.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7724/indicacao_321-08.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7725/indicacao_322-08.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7726/indicacao_323-08.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7727/indicacao_324-08.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8049/indicacao_326-08.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7322/indicacao_327-08.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7323/indicacao_328-08.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7324/indicacao_329-08.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7325/indicacao_330-08.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7326/indicacao_331-08.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7327/indicacao_332-08.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7328/indicacao_333-08.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7329/indicacao_334-08.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7330/indicacao_335-08.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7331/indicacao_336-08.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7332/indicacao_337-08.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7333/indicacao_338-08.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7334/indicacao_339-08.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7335/indicacao_340-08.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8110/indicacao_341-08.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8111/indicacao_342-08.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8112/indicacao_343-08.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8113/indicacao_344-08.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8114/indicacao_345-08.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8115/indicacao_346-08.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8116/indicacao_347-08.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8050/indicacao_348-08.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7547/indicacao_351-08.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7549/indicacao_352-08.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8051/indicacao_354-08.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8052/indicacao_355-08.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8053/indicacao_356-08.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8054/indicacao_357-08.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8055/indicacao_358-08.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8056/indicacao_359-08.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8057/indicacao_360-08.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8058/indicacao_361-08.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8059/indicacao_362-08.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8060/indicacao_363-08.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8061/indicacao_364-08.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8062/indicacao_365-08.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8063/indicacao_366-08.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8117/indicacao_367-08.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8118/indicacao_368-08.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8119/indicacao_369-08.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8120/indicacao_370-08.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7336/indicacao_371-08.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7337/indicacao_372-08.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7338/indicacao_373-08.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7339/indicacao_374-08.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7728/indicacao_375-08.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7729/indicacao_376-08.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7730/indicacao_377-08.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7731/indicacao_378-08.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7340/indicacao_379-08.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7341/indicacao_380-08.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7342/indicacao_381-08.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7343/indicacao_382-08.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7344/indicacao_383-08.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7345/indicacao_384-08.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7346/indicacao_385-08.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7732/indicacao_386-08.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7733/indicacao_387-08.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7734/indicacao_388-08.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7551/indicacao_389-08.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/847/indicacao_390-08.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8121/indicacao_391-08.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8122/indicacao_392-08.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8123/indicacao_393-08.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8124/indicacao_394-08.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8125/indicacao_395-08.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7576/indicacao_396-08.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8126/indicacao_397-08.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8127/indicacao_398-08.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8128/indicacao_399-08.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8129/indicacao_400-08.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7347/indicacao_401-08.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7348/indicacao_402-08.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7349/indicacao_403-08.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7350/indicacao_404-08.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7352/indicacao_405-08.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7353/indicacao_406-08.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7355/indicacao_407-08.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7356/indicacao_408-08.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7357/indicacao_409-08.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7359/indicacao_410-08.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/848/indicacao_411-08.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/849/indicacao_412-08.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8064/indicacao_413-08.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8065/indicacao_414-08.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7577/indicacao_415-08.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7579/indicacao_416-08.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7582/indicacao_417-08.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8066/indicacao_418-08.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7584/indicacao_419-08.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8067/indicacao_420-08.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8068/indicacao_421-08.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8069/indicacao_422-08.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7735/indicacao_423-08.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7737/indicacao_424-08.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7738/indicacao_425-08.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7740/indicacao_426-08.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7741/indicacao_427-08.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7743/indicacao_428-08.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7745/indicacao_429-08.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7747/indicacao_430-08.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7748/indicacao_431-08.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7360/indicacao_432-08.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7362/indicacao_433-08.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7363/indicacao_434-08.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7365/indicacao_435-08.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8130/indicacao_436-08.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8131/indicacao_437-08.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8132/indicacao_438-08.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8133/indicacao_439-08.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/8134/indicacao_440-08.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/850/indicacao_441-08.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/851/indicacao_442-08.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/852/indicacao_443-08.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/7553/indicacao_444-08.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/853/indicacao_445-08.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/854/indicacao_446-08.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11673/mocao_01-08.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11674/mocao_02-08.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11675/mocao_03-08.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11676/mocao_04-08.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11677/mocao_05-08.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11678/mocao_06-08.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11672/mocao_07-08.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11679/mocao_08-08.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11680/mocao_009-08.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11681/mocao_010-08.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11682/mocao_011-08.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11683/mocao_013-08.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11684/mocao_014-08.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/1279/mocao_015-08.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11685/mocao_016-08.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11686/mocao_017-08.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11687/mocao_018-08.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11688/mocao_019-08.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11689/mocao_020-08.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11690/mocao_021-08.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11691/mocao_023-08.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11692/mocao_024-08.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11693/mocao_025-08.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/855/mocao_026-08.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/856/mocao_027-08.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11694/mocao_028-08.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11695/mocao_029-08.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11696/mocao_030-08.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11697/mocao_031-08.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11698/mocao_032-08.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11699/mocao_033-08.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11700/mocao_034-08.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11701/mocao_de_pesar_012-08.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11702/mocao_de_pesar_022-08.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/837/decreto_534-08.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/838/decreto_535-08.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11475/decreto_536-08.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11476/decreto_537-08.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/1280/decreto_538-08.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/1281/decreto_539-08.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11477/decreto_540-08.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11478/decreto_541-08.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11479/decreto_542-08.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11480/decreto_543-08.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11481/decreto_544-08.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11482/decreto_545-08.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11483/decreto_546-08.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11484/decreto_547-08.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11485/decreto_548-08.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11486/decreto_549-08.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11487/decreto_550-08.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/11488/decreto_551-08.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/12866/ementa_lei_organica_no_025.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/12867/ementa_lei_organica_no_026.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riodasostras.rj.leg.br/media/sapl/public/materialegislativa/2008/12868/ementa_lei_organica_no_027.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H523"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="32" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="105.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="104.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>